--- v0 (2026-01-13)
+++ v1 (2026-02-14)
@@ -1,9297 +1,12998 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9955" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="36" w:space="0" w:color="B8CCEA"/>
+          <w:left w:val="single" w:sz="36" w:space="0" w:color="B8CCEA"/>
+          <w:bottom w:val="single" w:sz="36" w:space="0" w:color="B8CCEA"/>
+          <w:right w:val="single" w:sz="36" w:space="0" w:color="B8CCEA"/>
+          <w:insideH w:val="single" w:sz="36" w:space="0" w:color="B8CCEA"/>
+          <w:insideV w:val="single" w:sz="36" w:space="0" w:color="B8CCEA"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5954"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="5496"/>
+        <w:gridCol w:w="4053"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC7445" w:rsidRPr="004B1BF3" w:rsidTr="00F547D6">
+      <w:tr w:rsidR="00D3276C" w14:paraId="72F2E6DC" w14:textId="77777777" w:rsidTr="00D3276C">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="113"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5954" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5058" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCEA"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC7445" w:rsidRPr="004B1BF3" w:rsidRDefault="00EC6552" w:rsidP="000B1A45">
+          <w:p w14:paraId="0B80544B" w14:textId="77777777" w:rsidR="00D3276C" w:rsidRDefault="00695CB2" w:rsidP="006D7E16">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
+              <w:pStyle w:val="LegalCopy"/>
+              <w:spacing w:before="240"/>
             </w:pPr>
-            <w:r w:rsidRPr="00EC6552">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4841D042" wp14:editId="1FDF56A9">
-[...10 lines deleted...]
-                  <wp:docPr id="8" name="Picture 2" descr="Therapeutic Goods Administration"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12F7F2DB" wp14:editId="4D2C6D89">
+                  <wp:extent cx="3344545" cy="694055"/>
+                  <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+                  <wp:docPr id="815463629" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="U:\Work\_resources\TGA Vector Graphics\DH&amp;A\New crests Sept 2013\DH-TGA_inline_black-RGB-1200-nospacing.gif"/>
+                          <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:blip r:embed="rId11" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2819400" cy="762000"/>
+                            <a:ext cx="3344545" cy="694055"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln w="9525">
+                          <a:ln>
                             <a:noFill/>
-                            <a:miter lim="800000"/>
-[...1 lines deleted...]
-                            <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                </wp:anchor>
+                </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4001" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="4491" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC7445" w:rsidRPr="004B1BF3" w:rsidRDefault="00DC7445" w:rsidP="000B1A45"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00DC7445" w:rsidRPr="004B1BF3" w:rsidRDefault="00DC7445" w:rsidP="000B1A45">
+          <w:p w14:paraId="552E795E" w14:textId="77777777" w:rsidR="00D3276C" w:rsidRPr="00484978" w:rsidRDefault="00D3276C" w:rsidP="00D3276C">
             <w:pPr>
-              <w:pStyle w:val="Header"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="en-AU"/>
+              <w:pStyle w:val="LegalCopy"/>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...106 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00484978">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>TGA USE ONLY</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D7E16" w:rsidRDefault="006D7E16" w:rsidP="006D7E16">
+    <w:p w14:paraId="6B8F6C59" w14:textId="18ABFC16" w:rsidR="006D7E16" w:rsidRPr="009A2501" w:rsidRDefault="006D7E16" w:rsidP="006D7E16">
       <w:pPr>
         <w:pStyle w:val="LegalCopy"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:r w:rsidRPr="006D7E16">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D7E16">
+      <w:r w:rsidRPr="009A2501">
+        <w:t xml:space="preserve">This form, when completed, will be classified as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030196B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>'</w:t>
+      </w:r>
+      <w:r w:rsidR="005139F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>For official use only</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="006D7E16">
+        <w:t>OFFICIAL’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2501">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2501">
         <w:br/>
-        <w:t>For guidance on how your information will be treated by the TGA see: Treatment of information provided to the TGA at &lt;</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00F01F8D">
+        <w:t xml:space="preserve">For guidance on how your information will be treated by the TGA see: Treatment of information provided to the TGA at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="009305E2" w:rsidRPr="00DB2AEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.tga.gov.au/treatment-information-provided-tga</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006D7E16">
-        <w:t>&gt;.</w:t>
+      <w:r w:rsidRPr="009A2501">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC7445" w:rsidRPr="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
+    <w:p w14:paraId="783C77DB" w14:textId="4DBB89B5" w:rsidR="00DC7445" w:rsidRPr="009A2501" w:rsidRDefault="00FC5FB5" w:rsidP="00221E5B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00132CAF">
+        <w:t>ssurances</w:t>
+      </w:r>
+      <w:r w:rsidR="00650263">
+        <w:t xml:space="preserve"> to accompany an OTC new medicine N2 application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CF118E" w14:textId="3467D79D" w:rsidR="00DC7445" w:rsidRPr="009A2501" w:rsidRDefault="00053170" w:rsidP="00666D03">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
         <w:rPr>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F01F8D">
+      <w:r>
         <w:rPr>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>Assurances to accompany an OTC new medicine N2 application</w:t>
+        <w:t xml:space="preserve">These assurances confirm that the </w:t>
+      </w:r>
+      <w:r w:rsidR="001B07D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meets</w:t>
+      </w:r>
+      <w:r w:rsidR="001B07D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66B5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for an N2 level application.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...228 lines deleted...]
-    <w:p w:rsidR="00F01F8D" w:rsidRPr="004B1BF3" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
+    <w:p w14:paraId="3D77CE1C" w14:textId="02CBD38A" w:rsidR="00827CA6" w:rsidRPr="009A2501" w:rsidRDefault="00827CA6" w:rsidP="00827CA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The importance of assurances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630BAAEB" w14:textId="4BABA613" w:rsidR="00827CA6" w:rsidRDefault="00827CA6" w:rsidP="00827CA6">
+      <w:r>
+        <w:t>Making an N2 application for a new OTC medicine:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A8E139" w14:textId="77777777" w:rsidR="00827CA6" w:rsidRPr="00827CA6" w:rsidRDefault="00827CA6" w:rsidP="00827CA6">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00827CA6">
+        <w:t>reduces the amount of data that needs to be submitted to the TGA at the initial application stage, which reduces the evaluation time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D41E48E" w14:textId="07799BEA" w:rsidR="00827CA6" w:rsidRDefault="00827CA6" w:rsidP="00827CA6">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00827CA6">
+        <w:t>does not reduce the amount of data that the sponsor is required to hold.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F960680" w14:textId="6FA48154" w:rsidR="002344EE" w:rsidRPr="002344EE" w:rsidRDefault="00827CA6" w:rsidP="002344EE">
+      <w:r>
+        <w:t>Instead of providing full supporting data with the application, a</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57AEC">
+        <w:t xml:space="preserve">n applicant </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">completes a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827CA6">
+        <w:t>list of assurances</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> confirming that the product meets the specified requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66B5C">
+        <w:t xml:space="preserve"> for an N2 level application</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AAA489" w14:textId="56153E89" w:rsidR="0078793E" w:rsidRPr="00570797" w:rsidRDefault="002344EE" w:rsidP="00570797">
+      <w:pPr>
+        <w:pStyle w:val="Calloutforquotinglegislation"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Giving information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>false</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>misleading</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>particular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>offence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Therapeutic Goods Act 1989 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(section 22A) and can give rise to civil penalties under the Act (section 22B).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FF8DA5" w14:textId="77777777" w:rsidR="00570797" w:rsidRDefault="00570797" w:rsidP="00570797">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="106"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66E99E9F" w14:textId="77777777" w:rsidR="00570797" w:rsidRDefault="00570797" w:rsidP="00570797">
+      <w:pPr>
+        <w:pStyle w:val="Calloutforquotinglegislation"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Under subsection 24(2) of the Act, an application for registration of an OTC medicine lapses if:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7735FF" w14:textId="77777777" w:rsidR="00570797" w:rsidRDefault="00570797" w:rsidP="00570797">
+      <w:pPr>
+        <w:pStyle w:val="Calloutforquotinglegislation"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+      </w:pPr>
+      <w:r>
+        <w:t>it contains information that is inaccurate or misleading in a material particular</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175F3CB9" w14:textId="77777777" w:rsidR="00570797" w:rsidRPr="002344EE" w:rsidRDefault="00570797" w:rsidP="00570797">
+      <w:pPr>
+        <w:pStyle w:val="Calloutforquotinglegislation"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+      </w:pPr>
+      <w:r>
+        <w:t>information that is inaccurate or misleading in a material particular is given to the TGA in connection with an OTC medicine application, including information given for the purposes of section 31 of the Act</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F95BF4" w14:textId="7FB6C97B" w:rsidR="00650263" w:rsidRPr="00570797" w:rsidRDefault="0078793E" w:rsidP="000B1A45">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk206430953"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Following approval, medicines found not to comply with standard and specific conditions of registration could be subject to regulatory action.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="0CEBE1DB" w14:textId="4E316F7B" w:rsidR="00DC7445" w:rsidRPr="009A2501" w:rsidRDefault="0083026C" w:rsidP="00221E5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Completing this form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F01F8D" w:rsidRPr="005221D1" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2377962B" w14:textId="252A010E" w:rsidR="0083026C" w:rsidRDefault="0083026C" w:rsidP="0083026C">
       <w:r>
-        <w:t>ing t</w:t>
-[...2 lines deleted...]
-        <w:t>his form provide</w:t>
+        <w:t>Completing</w:t>
       </w:r>
       <w:r>
-        <w:t>s</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> the assurances required to </w:t>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>accompany an OTC New medicine N2</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> application. </w:t>
+        <w:t>this</w:t>
       </w:r>
       <w:r>
-        <w:t>Ensure you:</w:t>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>provides the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>assurances</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>accompany</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>OTC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>medicine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N2 application. Ensure you:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
-[...10 lines deleted...]
-    <w:p w:rsidR="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
+    <w:p w14:paraId="79768281" w14:textId="0B42723D" w:rsidR="00827CA6" w:rsidRDefault="00570797" w:rsidP="00827CA6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Select</w:t>
-[...8 lines deleted...]
-        <w:t>’ to provide the assurance or ‘Not applicable</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Provide a</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6" w:rsidRPr="00A57AEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ll</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6" w:rsidRPr="00A57AEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>’</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005221D1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6" w:rsidRPr="00A57AEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>assurances</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t>in this</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t>form. If you cannot</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t>of the</w:t>
+      </w:r>
       <w:r>
-        <w:t>where appropriate (D</w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E70BD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6" w:rsidRPr="00E70BD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t>assurances,</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t xml:space="preserve">do not submit an OTC </w:t>
+      </w:r>
+      <w:r w:rsidR="00925BE0">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t>ew medicine N2 application</w:t>
+      </w:r>
+      <w:r w:rsidR="00925BE0">
+        <w:t>, because</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:t xml:space="preserve"> this is not the correct application level.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F01F8D" w:rsidRPr="0010597C" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
+    <w:p w14:paraId="3DC8BE5F" w14:textId="52797630" w:rsidR="0083026C" w:rsidRDefault="0083026C" w:rsidP="0083026C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010597C">
-        <w:t>All assurances in this form must be provided. If you cannot provide all of the assurances, do not submit an OTC New medicine N2 application (as this is not the correct application level).</w:t>
+      <w:r>
+        <w:t>Enter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>administrative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>details</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00827CA6">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
+    <w:p w14:paraId="593C18AE" w14:textId="1E68C406" w:rsidR="0083026C" w:rsidRDefault="0083026C" w:rsidP="0083026C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t>Ensure t</w:t>
-[...2 lines deleted...]
-        <w:t>his form is signed by a person authorised to conduct business on behalf of the</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Select</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005221D1">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>is</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> person must be listed on the TGA B</w:t>
+        <w:t>‘Yes’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">usiness </w:t>
-[...2 lines deleted...]
-        <w:t>S</w:t>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>ervices</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> client database</w:t>
+        <w:t>to provide the</w:t>
       </w:r>
       <w:r>
-        <w:t>,</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> and may be a company employee or an agent.</w:t>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>assurance</w:t>
+      </w:r>
+      <w:r w:rsidR="00570797">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>‘Not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>applicable’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00570797">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is only an option where a ‘Not applicable’ check box has been provided. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F01F8D" w:rsidRPr="005221D1" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
+    <w:p w14:paraId="14A0FCE6" w14:textId="2361E3ED" w:rsidR="0083026C" w:rsidRDefault="0083026C" w:rsidP="0083026C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="005221D1">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>e</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> completed form </w:t>
+        <w:t>Ensure this form is signed by a person authorised to conduct business on behalf of the applicant.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053170">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>within Module 1.5 of an OTC New Medicine N2</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> application.</w:t>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>person must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be listed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TGA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Business</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>client</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>database</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and may be a company employee or an agent.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F01F8D" w:rsidRPr="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00F01F8D">
+    <w:p w14:paraId="50444A47" w14:textId="0642967A" w:rsidR="00FF71FF" w:rsidRPr="00827CA6" w:rsidRDefault="0083026C" w:rsidP="000B1A45">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2741">
+        <w:t>Module</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2741">
+        <w:t>.7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>OTC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00925BE0">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ew</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00925BE0">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:t>edicine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792FAF74" w14:textId="7D71C666" w:rsidR="0083026C" w:rsidRPr="00053170" w:rsidRDefault="0083026C" w:rsidP="00053170">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F01F8D">
-        <w:lastRenderedPageBreak/>
+      <w:r>
         <w:t>Section 1: Administrative</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
-        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2093"/>
-        <w:gridCol w:w="7513"/>
+        <w:gridCol w:w="1786"/>
+        <w:gridCol w:w="7848"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidTr="00784EB5">
+      <w:tr w:rsidR="0083026C" w:rsidRPr="009A2501" w14:paraId="6D11C8BA" w14:textId="77777777" w:rsidTr="0083026C">
         <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="356AF006" w14:textId="00AD6E0C" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="0083026C" w:rsidP="00FA4D22">
+            <w:r>
               <w:t>Proposed trade name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00502870" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6286EBD2" w14:textId="214944F9" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00FA4D22">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="enter proposed trade name"/>
-                  <w:statusText w:type="text" w:val="Section 1: Proposed trade name"/>
+                  <w:statusText w:type="text" w:val="Proposed trade name"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidTr="002C27E8">
-[...127 lines deleted...]
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidTr="00784EB5">
+      <w:tr w:rsidR="0083026C" w:rsidRPr="009A2501" w14:paraId="630408FC" w14:textId="77777777" w:rsidTr="0083026C">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...12 lines deleted...]
-              <w:t>Dosage form</w:t>
+          <w:p w14:paraId="5E4E87EC" w14:textId="171DAFE3" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="0083026C" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>Active ingredients</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00502870" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="228694FE" w14:textId="77777777" w:rsidR="00734F98" w:rsidRDefault="00734F98" w:rsidP="00734F98">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="enter dosage form"/>
-                  <w:statusText w:type="text" w:val="Section 1: Dosage form"/>
+                  <w:statusText w:type="text" w:val="Active ingredient"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1469B2DF" w14:textId="77777777" w:rsidR="00734F98" w:rsidRDefault="00734F98" w:rsidP="00734F98">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Active ingredient"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05C1486C" w14:textId="0DEC6724" w:rsidR="00A262AD" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00FA4D22">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Active ingredient"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidTr="00784EB5">
+      <w:tr w:rsidR="0083026C" w:rsidRPr="009A2501" w14:paraId="3759011B" w14:textId="77777777" w:rsidTr="0083026C">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...12 lines deleted...]
-              <w:t>Name of sponsor</w:t>
+          <w:p w14:paraId="63A2F5E0" w14:textId="4207CF4B" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="0083026C" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>Dosage form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00502870" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7DBF84DD" w14:textId="45CAC5D9" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00FA4D22">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="ener name of sponsor"/>
-                  <w:statusText w:type="text" w:val="Section 1: Name of sponsor"/>
+                  <w:statusText w:type="text" w:val="Dosage form"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidTr="00784EB5">
+      <w:tr w:rsidR="0083026C" w:rsidRPr="009A2501" w14:paraId="2F922B47" w14:textId="77777777" w:rsidTr="0083026C">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...26 lines deleted...]
-              <w:t>(if applicable)</w:t>
+          <w:p w14:paraId="299CB078" w14:textId="25FCFF6C" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="0083026C" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>Name of sponsor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00502870" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7B2AAF40" w14:textId="2F32322A" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00FA4D22">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="enter name of Agent (if applicable)"/>
-                  <w:statusText w:type="text" w:val="Section 1: Name of Agent (if applicable)"/>
+                  <w:statusText w:type="text" w:val="Sponsor"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...105 lines deleted...]
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidTr="002C27E8">
+      <w:tr w:rsidR="0083026C" w:rsidRPr="009A2501" w14:paraId="7DC66C7D" w14:textId="77777777" w:rsidTr="0083026C">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2CD99CC4" w14:textId="397E3C50" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="0083026C" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t xml:space="preserve">Name of agent </w:t>
+            </w:r>
+            <w:r w:rsidR="004E1091">
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:t>(if applicable)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
+          <w:p w14:paraId="335FD04A" w14:textId="54620183" w:rsidR="0083026C" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00FA4D22">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Agenet (if applicable)"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71168AE2" w14:textId="6A247B78" w:rsidR="0083026C" w:rsidRDefault="0083026C" w:rsidP="0083026C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Section 2: Assurances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5322F17D" w14:textId="0E2C7474" w:rsidR="00563C42" w:rsidRDefault="0083026C" w:rsidP="00C72B4D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk206080023"/>
+      <w:r>
+        <w:t>General</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableTGAblue"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="6981"/>
+        <w:gridCol w:w="2091"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00563C42" w14:paraId="7B39A354" w14:textId="0DAE0A43" w:rsidTr="00D32E6F">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E971B5A" w14:textId="2D72C84E" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32E6F">
+              <w:t>o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06014ED3" w14:textId="55940C6A" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>Assurance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CC73BF" w14:textId="69F8877D" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00563C42" w14:paraId="15CBFF16" w14:textId="06814433" w:rsidTr="00D32E6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3BD3EF" w14:textId="551AF7C1" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA0AADA" w14:textId="77777777" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00563C42">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B40AC7">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>The medicine that is the subject of this application complies with the:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
+          <w:p w14:paraId="1E4748DD" w14:textId="672A518F" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00563C42">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
-              <w:spacing w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B40AC7">
-[...5 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00F81E59">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve">relevant OTC </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F81E59">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>m</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F81E59">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>edicine monograph</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
+          <w:p w14:paraId="2B3E72EF" w14:textId="5F53EDAF" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00563C42">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
-              <w:spacing w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B40AC7">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00FA323C">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00F81E59">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Requirements for OTC New Medicine N2 applications</w:t>
+                <w:t>requirements for OTC new medi</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F81E59">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>c</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F81E59">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>ine N2 app</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F81E59">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>l</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F81E59">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>ications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00502870" w:rsidP="002157C9">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="28221BE4" w14:textId="3A278C8F" w:rsidR="00563C42" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00FA4D22">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: General - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:bookmarkStart w:id="3" w:name="Check10"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00B40AC7">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidR="00832FB7" w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00563C42" w14:paraId="7D923885" w14:textId="3F94B89E" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4E05B4AD" w14:textId="069F87A0" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
+          <w:p w14:paraId="4BF127D7" w14:textId="2DD35E96" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00563C42">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B40AC7">
-[...19 lines deleted...]
-              <w:t>, for the medicine that is the subject of this application. These data will be made available to the TGA in the required application format, within 30 calendar days of a request.</w:t>
+            <w:r>
+              <w:t xml:space="preserve">The sponsor </w:t>
+            </w:r>
+            <w:r w:rsidR="00C82E72">
+              <w:t>holds a complete data set for their product, as would be required for a higher level application.</w:t>
+            </w:r>
+            <w:r w:rsidR="00053170">
+              <w:t xml:space="preserve"> These data will be made available to the TGA in the required format within </w:t>
+            </w:r>
+            <w:r w:rsidR="007F1AAE">
+              <w:t>20 working</w:t>
+            </w:r>
+            <w:r w:rsidR="00A93E45">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00053170">
+              <w:t>days of a request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00502870" w:rsidP="002157C9">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="477B677B" w14:textId="176568CC" w:rsidR="00563C42" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00FA4D22">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: General - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00B40AC7">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Yes</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00832FB7" w:rsidRPr="009A2501">
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00013B24">
+    <w:p w14:paraId="7D1FDACE" w14:textId="0F8D72A7" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00013B24">
+      <w:r>
         <w:t>Labelling</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="6946"/>
+        <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidTr="002C27E8">
+      <w:tr w:rsidR="00563C42" w14:paraId="617E57A0" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="4A1A09FF" w14:textId="54687ED0" w:rsidR="00563C42" w:rsidRDefault="00D32E6F" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="63FE4A89" w14:textId="77777777" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="2D7E4DE0" w14:textId="480A5F14" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00563C42" w14:paraId="018F478B" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="46F47961" w14:textId="77777777" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
+          <w:p w14:paraId="03A8EA9D" w14:textId="4258A716" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="006D5C1A">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B40AC7">
-[...4 lines deleted...]
-              <w:t>Where claims are made that the medicine does not contain a particular excipient (e.g. gluten free, sugar free, alcohol free, lactose free), the statement is true and in accordance with any relevant ARGOM requirements.</w:t>
+            <w:r>
+              <w:t>Where claims are made</w:t>
+            </w:r>
+            <w:r w:rsidR="00C82E72">
+              <w:t xml:space="preserve"> that the medicine does not </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA72BE">
+              <w:t xml:space="preserve">contain </w:t>
+            </w:r>
+            <w:r w:rsidR="00C82E72">
+              <w:t>a particular excipient (e.g. gluten free,</w:t>
+            </w:r>
+            <w:r w:rsidR="007D12D5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C82E72">
+              <w:t xml:space="preserve">alcohol free, lactose free), the statement is true and in accordance with </w:t>
+            </w:r>
+            <w:r w:rsidR="00914EFA">
+              <w:t xml:space="preserve">any relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="00C82E72">
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r w:rsidR="00914EFA">
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:r w:rsidR="003C6433">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Therapeutic Goods Order No. 92 – Standard for labels of non-prescription medicines (TGO 92)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C82E72">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00502870" w:rsidP="002157C9">
+          <w:p w14:paraId="44D0712D" w14:textId="77777777" w:rsidR="00734F98" w:rsidRDefault="00734F98" w:rsidP="00734F98">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Labelling - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00B40AC7">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00502870" w:rsidP="002157C9">
+          <w:p w14:paraId="023D37B8" w14:textId="0B92B201" w:rsidR="00563C42" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00734F98">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Labelling - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:bookmarkStart w:id="4" w:name="Check13"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00B40AC7">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00563C42" w14:paraId="68CAB3E5" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
+          <w:p w14:paraId="70B84DBA" w14:textId="77777777" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A71C1B" w14:textId="45DFC48C" w:rsidR="00563C42" w:rsidRDefault="00C82E72" w:rsidP="00FA4D22">
             <w:pPr>
-              <w:pStyle w:val="Numberbullet0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Where an internet address or QR code is included, the information about the medicine on the website (including </w:t>
+            </w:r>
+            <w:r w:rsidR="007D12D5">
+              <w:t>any direct links</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> from that website) will be consistent with the information approved by the TGA for the medicine.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="698ACC2D" w14:textId="77777777" w:rsidR="00563C42" w:rsidRDefault="00563C42" w:rsidP="00FA4D22">
+            <w:pPr>
+              <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00F01F8D" w:rsidP="002157C9">
+          <w:p w14:paraId="5CB56565" w14:textId="77777777" w:rsidR="00734F98" w:rsidRDefault="00734F98" w:rsidP="00734F98">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B40AC7">
-[...24 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Labelling - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00B40AC7">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00B40AC7" w:rsidRDefault="00651196" w:rsidP="002157C9">
+          <w:p w14:paraId="0CC7D1DD" w14:textId="35FFBE3E" w:rsidR="00563C42" w:rsidRPr="009A2501" w:rsidRDefault="00734F98" w:rsidP="00734F98">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Labelling - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00B40AC7">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="3F3833A3" w14:textId="7CD3733D" w:rsidR="00C82E72" w:rsidRDefault="00C82E72" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:pageBreakBefore/>
       </w:pPr>
-      <w:r w:rsidRPr="00F01F8D">
-[...2 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>ingredients</w:t>
+        <w:t>Active ingredients</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="459"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="6947"/>
+        <w:gridCol w:w="2125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="00BB08B4">
+      <w:tr w:rsidR="00C82E72" w14:paraId="6FB61BFE" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="459" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="6A21CBE1" w14:textId="2AFB37C3" w:rsidR="00C82E72" w:rsidRDefault="00C82E72" w:rsidP="00607A39">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32E6F">
+              <w:t>o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7196" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2D976482" w14:textId="77777777" w:rsidR="00C82E72" w:rsidRDefault="00C82E72" w:rsidP="00607A39">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="23F7AD0A" w14:textId="47B0FF25" w:rsidR="00C82E72" w:rsidRDefault="00C82E72" w:rsidP="00607A39"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="00BB08B4">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C82E72" w14:paraId="4C19C37F" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="459" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="385CC46D" w14:textId="77777777" w:rsidR="00C82E72" w:rsidRDefault="00C82E72" w:rsidP="00607A39">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7196" w:type="dxa"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
+          <w:p w14:paraId="59E86BD4" w14:textId="1D613CDC" w:rsidR="00C82E72" w:rsidRPr="00574900" w:rsidRDefault="00F06666" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t>All active ingredients are controlled by the finished product manufacturer to the requirements of the relevant and current BP, Ph. Eur. or USP/NF, as specified in ARGOM Appendix 2.</w:t>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>All active</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ingredients</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>controlled</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>finished</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>manufacturer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the requirements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>relevant and current BP, Ph. Eur. or USP/NF, as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A2FBA">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">described in </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidR="004A2FBA" w:rsidRPr="004A2FBA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>ARGOM Appendix 2: Guidelin</w:t>
+              </w:r>
+              <w:r w:rsidR="004A2FBA" w:rsidRPr="004A2FBA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>e</w:t>
+              </w:r>
+              <w:r w:rsidR="004A2FBA" w:rsidRPr="004A2FBA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>s on quality aspects of OTC applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="004A2FBA">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00651196" w:rsidP="00BB08B4">
+          <w:p w14:paraId="1E12A391" w14:textId="219ED5B9" w:rsidR="00C82E72" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Active ingredients - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Yes</w:t>
+            <w:r w:rsidRPr="009A2501">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00832FB7" w:rsidRPr="009A2501">
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00832FB7">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="00BB08B4">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C82E72" w14:paraId="6F7F5BF8" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="459" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="588863D0" w14:textId="56F8E631" w:rsidR="00C82E72" w:rsidRDefault="00C82E72" w:rsidP="00607A39">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7196" w:type="dxa"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
+          <w:p w14:paraId="24A70E01" w14:textId="59051EFA" w:rsidR="00C82E72" w:rsidRPr="00574900" w:rsidRDefault="00F06666" w:rsidP="00F06666">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0010597C">
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>formulation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>includes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>following</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>active</w:t>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> ingredient premixes (only if permitted by the relevant OTC Medicine Monograph; include proprietary name):</w:t>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ingredient</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>premixes</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61B81" w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61B81" w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">include proprietary </w:t>
+            </w:r>
+            <w:r w:rsidR="00E61B81" w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>name)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(only</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>if permitted by the relevant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OTC</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-2"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00E61B81" w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-2"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>m</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>e</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>d</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>i</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cine </w:t>
+              </w:r>
+              <w:r w:rsidR="00E61B81" w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>m</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>onograph</w:t>
+              </w:r>
+              <w:r w:rsidR="00E61B81" w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> for N2 applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
+          <w:p w14:paraId="6F3BE478" w14:textId="77777777" w:rsidR="00F06666" w:rsidRDefault="00F06666" w:rsidP="00F06666">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
+            <w:r w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
+            <w:r w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
+            <w:r w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
+            <w:r w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
+            <w:r w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65D2D9AC" w14:textId="67B8C5E7" w:rsidR="00F06666" w:rsidRDefault="00F06666" w:rsidP="00F06666">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A2501">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="036A0AA4" w14:textId="41AE4BBE" w:rsidR="00F06666" w:rsidRPr="00F06666" w:rsidRDefault="00F06666" w:rsidP="00F06666">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A2501">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
+          <w:p w14:paraId="1F971707" w14:textId="16F23D97" w:rsidR="00832FB7" w:rsidRDefault="001E2AF9" w:rsidP="00832FB7">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Yes</w:t>
+            <w:r w:rsidRPr="009A2501">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00832FB7" w:rsidRPr="009A2501">
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00832FB7">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
+          <w:p w14:paraId="5DE53A53" w14:textId="3009216C" w:rsidR="007D12D5" w:rsidRDefault="001E2AF9" w:rsidP="00832FB7">
             <w:pPr>
-              <w:pStyle w:val="Numberbullet0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-          </w:p>
-[...38 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check10"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable (move to next section)"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00832FB7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007D12D5" w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1626F485" w14:textId="223443DD" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="007D12D5" w:rsidP="007D12D5">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(Move to next section)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C82E72" w14:paraId="77E1417F" w14:textId="77777777" w:rsidTr="00D32E6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="136DC677" w14:textId="1777372F" w:rsidR="00C82E72" w:rsidRDefault="00C82E72" w:rsidP="00607A39">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6947" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0693CF7C" w14:textId="1712BA7A" w:rsidR="00C82E72" w:rsidRDefault="00574900" w:rsidP="00607A39">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The individual components in the above premix(es) are controlled by the supplier</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>relevant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>current</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>BP,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ph.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Eur.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>USP/NF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574900">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">monographs. The finished product manufacturer’s acceptance specifications for the active ingredient premix include testing as specified in the relevant specific </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00574900">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OTC medicine monograph for N2 applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> Yes</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00BB08B4">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57AF3717" w14:textId="0D44785E" w:rsidR="00C82E72" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00832FB7">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check11"/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r w:rsidRPr="009A2501">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00832FB7" w:rsidRPr="009A2501">
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00832FB7">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00784EB5">
+    <w:p w14:paraId="1A1C1799" w14:textId="361795A3" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00784EB5">
+      <w:r>
         <w:t>Formulation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="6987"/>
+        <w:gridCol w:w="2105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="002157C9">
+      <w:tr w:rsidR="007D12D5" w14:paraId="60471237" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="42C21A7B" w14:textId="6CA6DE32" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32E6F">
+              <w:t>o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2B7EA89E" w14:textId="77777777" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="35177743" w14:textId="384CA2C1" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="002157C9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D12D5" w14:paraId="29FEBA6B" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002157C9" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2192AFC2" w14:textId="77777777" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="007D12D5">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
+          <w:p w14:paraId="136D6EE9" w14:textId="5DEEF090" w:rsidR="007D12D5" w:rsidRPr="00D32E6F" w:rsidRDefault="00D32E6F" w:rsidP="007D12D5">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t>Any excipient-only premixes included in the formulation are restricted to colourings, flavours, fragrances, printing inks, film coatings and/or capsule shells.</w:t>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Any excipient-only premixes included in the formulation are restricted to colourings,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>flavours,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>fragrances,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>printing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>inks,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>film</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>coatings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">capsule </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>shells.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00DC595A" w:rsidP="00171014">
+          <w:p w14:paraId="1C0F7B25" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Formulation - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00DC595A" w:rsidP="00171014">
+          <w:p w14:paraId="6844946B" w14:textId="18F403B9" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Formulation - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="002157C9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D12D5" w14:paraId="440A5875" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002157C9" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2C4263C7" w14:textId="77777777" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
+          <w:p w14:paraId="09FA9905" w14:textId="6BF186B2" w:rsidR="007D12D5" w:rsidRPr="00D32E6F" w:rsidRDefault="00D32E6F" w:rsidP="00D32E6F">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t>Any colourings, flavours, or fragrances do not exceed 2% w/w or w/v of the finished product.</w:t>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Any</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>colourings,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>flavours,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>fragrances</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>exceed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>w/w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or w/v of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the finished product.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00DC595A" w:rsidP="00171014">
+          <w:p w14:paraId="4EAF49F9" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Formulation - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00DC595A" w:rsidP="00171014">
+          <w:p w14:paraId="274CB00B" w14:textId="35B5C7CC" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Formulation - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="002157C9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D12D5" w14:paraId="6C99BAF4" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002157C9" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5BF05EC3" w14:textId="77777777" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00171014">
+          <w:p w14:paraId="0220DB85" w14:textId="6856F186" w:rsidR="007D12D5" w:rsidRPr="00D32E6F" w:rsidRDefault="00D32E6F" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...19 lines deleted...]
-              <w:t>) are included in the formulation.</w:t>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Only</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>colourings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>permitted</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>medicines</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(as</w:t>
+            </w:r>
+            <w:r w:rsidR="00A93E45">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidR="00A93E45" w:rsidRPr="00D32E6F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>r</w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45" w:rsidRPr="00D32E6F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>equirem</w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45" w:rsidRPr="00D32E6F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>e</w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45" w:rsidRPr="00D32E6F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">nts for OTC </w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>n</w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45" w:rsidRPr="00D32E6F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ew </w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>m</w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45" w:rsidRPr="00D32E6F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>edicine N2 applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="007F1AAE">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>described</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidR="00A93E45">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:anchor="table-2" w:history="1">
+              <w:r w:rsidR="00A93E45">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Colou</w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>r</w:t>
+              </w:r>
+              <w:r w:rsidR="00A93E45">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>ings used in medicines for topical and oral use</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) are included in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>formulation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00DC595A" w:rsidP="00171014">
+          <w:p w14:paraId="6CBADDC3" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Formulation - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00DC595A" w:rsidP="00171014">
+          <w:p w14:paraId="21F91B51" w14:textId="57DA8437" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Formulation - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F01F8D" w:rsidRDefault="00F01F8D" w:rsidP="00784EB5">
+    <w:p w14:paraId="659C1DE7" w14:textId="7494BD72" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00784EB5">
+      <w:r>
         <w:t>Manufacturing</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="6947"/>
+        <w:gridCol w:w="2125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidTr="00816F5F">
+      <w:tr w:rsidR="007D12D5" w14:paraId="07A0357A" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="31340302" w14:textId="08BB1C9C" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32E6F">
+              <w:t>o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="33642045" w14:textId="77777777" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00784EB5" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="2336C7EB" w14:textId="3EB48533" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D12D5" w14:paraId="5CB7DC5E" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002157C9" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="28303827" w14:textId="77777777" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
+          <w:p w14:paraId="5CE6F7CC" w14:textId="09520AEB" w:rsidR="007D12D5" w:rsidRPr="00D32E6F" w:rsidRDefault="00D32E6F" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>All sites involved in the manufacture, packaging, labelling, testing and release for supply of the finished product (including any active ingredient premix manufacturers) are specified in the application form.</w:t>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>All sites</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>involved</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>manufacture, packaging,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>labelling, testing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>release for supply of the finished product (including any active ingredient premix manufacturers) are specified in the application form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00DC595A" w:rsidP="00816F5F">
+          <w:p w14:paraId="2E465F04" w14:textId="07508BFC" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Manufacturing - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D12D5" w14:paraId="644D9EE2" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002157C9" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="148DD9AB" w14:textId="77777777" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
+          <w:p w14:paraId="20E42E98" w14:textId="58BD3791" w:rsidR="007D12D5" w:rsidRPr="00925BE0" w:rsidRDefault="00D32E6F" w:rsidP="00D32E6F">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The product is manufactured using standard processes (as defined in</w:t>
+            </w:r>
+            <w:r w:rsidR="00946049" w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="_Hlk206507859"/>
+            <w:r w:rsidR="00946049">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="002C3D28">
+              <w:instrText>HYPERLINK "https://www.tga.gov.au/resources/resource/international-scientific-guidelines/guideline-process-validation-finished-products-information-and-data-be-provided-regulatory-submissions"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00946049">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00946049" w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Guideline on process v</w:t>
+            </w:r>
+            <w:r w:rsidR="00946049" w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00946049" w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lidation for finished products – information and data to be provided in regulatory submissions</w:t>
+            </w:r>
+            <w:r w:rsidR="00946049">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00946049" w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EMA/CHMP/CVMP/QWP/BWP/70278/2012-Rev1</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00DC595A" w:rsidP="00816F5F">
+          <w:p w14:paraId="58197941" w14:textId="18069473" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Manufacturing - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D12D5" w14:paraId="5C30D56F" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002157C9" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="732D8A0D" w14:textId="29F0A272" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
+          <w:p w14:paraId="351617D9" w14:textId="1215D1EB" w:rsidR="007D12D5" w:rsidRPr="00E61B81" w:rsidRDefault="00E61B81" w:rsidP="00E61B81">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>Manufacturing process validation has been completed (or will be completed prior to supply in Australia) on a minimum of two commercial scale batches of product according to the Australian Code of Good Manufacturing Practice.</w:t>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Manufacturing process validation has been completed (or will be completed prior</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>supply</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Australia)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>minimum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of two</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>commercial</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>scale</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>batches</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of product according to </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="001222EE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Goo</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001222EE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>d</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001222EE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Manufacturing Practice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00DC595A" w:rsidP="00816F5F">
+          <w:p w14:paraId="2B9DB4E1" w14:textId="6326A5E5" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="007D12D5">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Manufacturing - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007D12D5" w14:paraId="27B8A592" w14:textId="77777777" w:rsidTr="00D32E6F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="002157C9" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="10D53000" w14:textId="5772D162" w:rsidR="007D12D5" w:rsidRDefault="007D12D5" w:rsidP="00607A39">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6947" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00F01F8D" w:rsidP="00816F5F">
+          <w:p w14:paraId="405CABBF" w14:textId="0DE86EB9" w:rsidR="007D12D5" w:rsidRPr="00E61B81" w:rsidRDefault="00E61B81" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>The manufacturer’s validation report and related information will be available for review, on request by the TGA, within three months of release for supply of the first production batch.</w:t>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>manufacturer’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>validation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>report</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>related</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>available for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">review, on request by the TGA, within </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>months</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of release</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for supply of the first production batch.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01F8D" w:rsidRPr="00DD7A90" w:rsidRDefault="00DC595A" w:rsidP="00816F5F">
+          <w:p w14:paraId="29687762" w14:textId="6559B20B" w:rsidR="007D12D5" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Manufacturing - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F01F8D" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00D35BA5">
+    <w:p w14:paraId="22C0A730" w14:textId="24A9E2F7" w:rsidR="00DF3427" w:rsidRDefault="00DF3427" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:pageBreakBefore/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> excipients</w:t>
+        <w:t>Control of excipients</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="6979"/>
+        <w:gridCol w:w="2113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidTr="002C27E8">
+      <w:tr w:rsidR="00DF3427" w14:paraId="18978637" w14:textId="77777777" w:rsidTr="001B2205">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="53DAB18E" w14:textId="68DDACB8" w:rsidR="00DF3427" w:rsidRDefault="00DF3427" w:rsidP="00607A39">
+            <w:r>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61B81">
+              <w:t>o.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="07DA7B9E" w14:textId="77777777" w:rsidR="00DF3427" w:rsidRDefault="00DF3427" w:rsidP="00607A39">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="63C50682" w14:textId="79DA52D0" w:rsidR="00DF3427" w:rsidRDefault="00DF3427" w:rsidP="00607A39"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DF3427" w14:paraId="2D35C1D1" w14:textId="77777777" w:rsidTr="001B2205">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0804AF6B" w14:textId="77777777" w:rsidR="00DF3427" w:rsidRDefault="00DF3427" w:rsidP="00607A39">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="36CA61A1" w14:textId="13321883" w:rsidR="00DF3427" w:rsidRPr="00E61B81" w:rsidRDefault="00E61B81" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...18 lines deleted...]
-              <w:t>). Where the USP is applicable, and there are both USP and NF monographs for the same substance, the USP monograph is applied.</w:t>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Each excipient (excluding premixed flavours, fragrances, printing inks, film coatings, capsule</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>shells</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>colourings)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">subject of a current BP, Ph. Eur. or USP/NF monograph and is controlled by the finished product manufacturer to the requirements of the relevant pharmacopoeial monograph). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00651196" w:rsidP="00171014">
+          <w:p w14:paraId="42C57C13" w14:textId="19A6034A" w:rsidR="00DF3427" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DF3427" w14:paraId="10E7FB70" w14:textId="77777777" w:rsidTr="001B2205">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4D9EAC14" w14:textId="2EA5BD26" w:rsidR="00DF3427" w:rsidRDefault="00DF3427" w:rsidP="00607A39">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="5B3C5B06" w14:textId="0C09A4FD" w:rsidR="00DF3427" w:rsidRPr="00E61B81" w:rsidRDefault="00E61B81" w:rsidP="00E61B81">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The individual components of any active ingredient premixes, capsule shells or proprietary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>film coating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mixtures</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>controlled</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>supplier to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>relevant and current BP, Ph. Eur. or USP/NF monograph (except that colourings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">within these must comply with requirements outlined in the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>requirements for OTC new medicine N2 applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00651196" w:rsidP="00171014">
+          <w:p w14:paraId="6AECFFF8" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00651196" w:rsidP="00171014">
+          <w:p w14:paraId="357CD444" w14:textId="2124ABA8" w:rsidR="00DF3427" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DF3427" w14:paraId="6D46557E" w14:textId="77777777" w:rsidTr="00682348">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="424B183F" w14:textId="27561CE5" w:rsidR="00DF3427" w:rsidRDefault="00DF3427" w:rsidP="00607A39">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="15BAE46D" w14:textId="3DC86C81" w:rsidR="00E61B81" w:rsidRPr="00E61B81" w:rsidRDefault="00E61B81" w:rsidP="00E61B81">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="133" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t>Pharmacopoeial (BP, Ph. Eur. or USP/NF) monographs are not available for the following premixed flavours, fragrances, and/or film coating agents in the proposed product (include all as relevant, by TGA PI number or proprietary name):</w:t>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pharmacopoeial (BP,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ph.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Eur.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or USP/NF)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>monographs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>not available</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>following</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>premixed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>flavours,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>fragrances, and/or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>film</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>coating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>agents</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the proposed product (</w:t>
+            </w:r>
+            <w:r w:rsidR="001222EE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">use the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TGA PI number or proprietary </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>name):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00651196" w:rsidP="00171014">
+          <w:p w14:paraId="3DD9EA90" w14:textId="297DDF14" w:rsidR="00E61B81" w:rsidRPr="00E173C6" w:rsidRDefault="00E61B81" w:rsidP="00E173C6">
             <w:pPr>
-              <w:pStyle w:val="Numberbullet2"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="Pharmacopoeial (BP, Ph. Eur. or USP/NF) monographs are not available for the following premixed flavours, fragrances, and/or film coating agents in the proposed product (include all as relevant, by TGA PI number or proprietary name)"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 3a"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00651196" w:rsidP="00171014">
+          <w:p w14:paraId="6C085C4B" w14:textId="0E568D78" w:rsidR="00E61B81" w:rsidRPr="00E173C6" w:rsidRDefault="00E61B81" w:rsidP="00E173C6">
             <w:pPr>
-              <w:pStyle w:val="Numberbullet2"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="Pharmacopoeial (BP, Ph. Eur. or USP/NF) monographs are not available for the following premixed flavours, fragrances, and/or film coating agents in the proposed product (include all as relevant, by TGA PI number or proprietary name)"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 3b"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00651196" w:rsidP="00171014">
+          <w:p w14:paraId="17C99C1D" w14:textId="326CADDC" w:rsidR="00E61B81" w:rsidRPr="00E173C6" w:rsidRDefault="00E61B81" w:rsidP="00E173C6">
             <w:pPr>
-              <w:pStyle w:val="Numberbullet2"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="Pharmacopoeial (BP, Ph. Eur. or USP/NF) monographs are not available for the following premixed flavours, fragrances, and/or film coating agents in the proposed product (include all as relevant, by TGA PI number or proprietary name)"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 3c"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="31AF72DB" w14:textId="77777777" w:rsidR="00DF3427" w:rsidRDefault="00E61B81" w:rsidP="00E173C6">
             <w:pPr>
-              <w:pStyle w:val="Numberbullet2"/>
-[...1 lines deleted...]
-              <w:ind w:left="459"/>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="Pharmacopoeial (BP, Ph. Eur. or USP/NF) monographs are not available for the following premixed flavours, fragrances, and/or film coating agents in the proposed product (include all as relevant, by TGA PI number or proprietary name)"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 3d"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E173C6" w:rsidRPr="009A2501">
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EE0D4A" w14:textId="523B5B06" w:rsidR="001B2205" w:rsidRDefault="001B2205" w:rsidP="00E173C6">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The ingredients listed above are each controlled by the finished product manufacturer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>accordance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>requirements for OTC new medicine N2 applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="574DFCF3" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-          </w:p>
-[...74 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00D062A5" w:rsidP="00171014">
+          <w:p w14:paraId="2880B902" w14:textId="65EDE0E6" w:rsidR="00DF3427" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DF3427" w14:paraId="2F28425E" w14:textId="77777777" w:rsidTr="001B2205">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="02592B66" w14:textId="41B5AB37" w:rsidR="00DF3427" w:rsidRDefault="001B2205" w:rsidP="00607A39">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="31E28B92" w14:textId="0785D3D6" w:rsidR="00DF3427" w:rsidRDefault="001B2205" w:rsidP="001B2205">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00784EB5">
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any colourings used comply with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E61B81">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>requirement</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>s</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> for OTC new medicine N2 applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="007F1AAE">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, a</w:t>
+            </w:r>
+            <w:r w:rsidR="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1AAE">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F1AAE" w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>described</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1AAE" w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F1AAE" w:rsidRPr="00D32E6F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidR="007F1AAE">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:anchor="table-2" w:history="1">
+              <w:r w:rsidR="007F1AAE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Colourings used in medicines for topical and oral use</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="007F1AAE">
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00D062A5" w:rsidP="00171014">
+          <w:p w14:paraId="53F86178" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 5"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00135A63" w:rsidP="00171014">
+          <w:p w14:paraId="3F760EF2" w14:textId="7AC02A1B" w:rsidR="00DF3427" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 5"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidTr="002C27E8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DF3427" w14:paraId="4F26AE1A" w14:textId="77777777" w:rsidTr="001B2205">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3686CB91" w14:textId="61554E9D" w:rsidR="00DF3427" w:rsidRDefault="001B2205" w:rsidP="00607A39">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="003C3A91" w:rsidP="00037EDD">
+          <w:p w14:paraId="61991DE8" w14:textId="44BE851D" w:rsidR="00DF3427" w:rsidRDefault="001B2205" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="003C3A91">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="003C3A91">
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any ruminant ingredients included in this product that are eligible for self- assessment have been assessed in accordance with the TGA document </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="001B2205">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:color w:val="0000FF"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>Transmissible Spongiform Encephalopathies (TSE): TGA approach to minimising the risk of exposure</w:t>
+                <w:t>Transmissible Spongiform Encephalopathies (TSE): TGA approach to</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="003C3A91">
-[...18 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="001B2205">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>minimising</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001B2205">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:spacing w:val="-4"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="001B2205">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>the</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001B2205">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:spacing w:val="-4"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="001B2205">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>risk</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001B2205">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:spacing w:val="-2"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="001B2205">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>of exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>held</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>demonstrating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B2205">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>compliance with those requirements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="003C3A91" w:rsidP="00171014">
+          <w:p w14:paraId="1704B0B5" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 6"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00784EB5" w:rsidRDefault="00135A63" w:rsidP="00171014">
+          <w:p w14:paraId="5FAB714E" w14:textId="29FBC09C" w:rsidR="00DF3427" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of excipients - Assurance 6"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00784EB5">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00784EB5">
+    <w:p w14:paraId="3B896588" w14:textId="1D145080" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> product</w:t>
+      <w:r w:rsidRPr="00E70BD2">
+        <w:t>Control of finished product</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblW w:w="9498" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="6490"/>
+        <w:gridCol w:w="2125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
+      <w:tr w:rsidR="00181289" w14:paraId="4CEF3C97" w14:textId="77777777" w:rsidTr="00607A39">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="2108D8EA" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6B765FEC" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="374AD58C" w14:textId="57F38E4B" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00181289" w14:paraId="39AA2B1D" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="10F459CE" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="0925EB5D" w14:textId="125451BF" w:rsidR="00181289" w:rsidRPr="006C6FCA" w:rsidRDefault="006C6FCA" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>The finished product specifications include all required tests and limits as described in the relevant OTC medicine monograph.</w:t>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>finished</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>product specifications</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tests</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>limits</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as described in the relevant </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OTC</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-2"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> m</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>edicine mon</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>o</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00E61B81">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>graph for N2 applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="006C6FCA">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00135A63" w:rsidP="00171014">
+          <w:p w14:paraId="67E790C8" w14:textId="1944F0B5" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00181289" w14:paraId="687816B0" w14:textId="77777777" w:rsidTr="0087298A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5044C4EF" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="4D37CF86" w14:textId="77777777" w:rsidR="006C6FCA" w:rsidRPr="00F25FF1" w:rsidRDefault="006C6FCA" w:rsidP="00F25FF1">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="129" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>Any other necessary tests and limits are included in the finished product specifications in accordance with:</w:t>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Any other necessary tests</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>limits</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>included</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>finished</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>product specifications in accordance with:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="15FCAD2C" w14:textId="25C8F8A4" w:rsidR="006C6FCA" w:rsidRPr="00F25FF1" w:rsidRDefault="006C6FCA" w:rsidP="006C6FCA">
             <w:pPr>
-              <w:pStyle w:val="ListBullet"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="108" w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="588"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>ICH Q6A guideline Specifications: Test procedures and acceptance criteria for new drug substances and new drug products: Chemical substances (CPMP/ICH/367/96; e.g. limits on alcohol or preservative content are included, as applicable).</w:t>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICH Q6A guideline </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="00F25FF1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Specific</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F25FF1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>a</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F25FF1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tions: Test procedures and acceptance criteria for new drug substances and new drug products: </w:t>
+              </w:r>
+              <w:r w:rsidR="00F25FF1" w:rsidRPr="00F25FF1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>c</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00F25FF1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>hemical substances</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(CPMP/ICH/367/96;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>limits</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alcohol or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>preservative content are included, as applicable).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="7943F703" w14:textId="18DA605F" w:rsidR="00181289" w:rsidRPr="00F25FF1" w:rsidRDefault="006C6FCA" w:rsidP="006C6FCA">
             <w:pPr>
-              <w:pStyle w:val="ListBullet"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="108" w:line="252" w:lineRule="auto"/>
+              <w:ind w:right="588"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>ICH Q3C guideline Note for Guidance on Impurities: Residual solvents (CPMP/ICH/283/95).</w:t>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ICH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Q3C</w:t>
+            </w:r>
+            <w:r w:rsidR="009345D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (R8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009345D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on impurities: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="009345D8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Cambria"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>guideline</w:t>
+              </w:r>
+              <w:r w:rsidRPr="009345D8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Cambria"/>
+                  <w:spacing w:val="-3"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="009345D8" w:rsidRPr="009345D8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Cambria"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>for r</w:t>
+              </w:r>
+              <w:r w:rsidRPr="009345D8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Cambria"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>esidual solvents</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="009345D8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ICH Q3C (R8); EMA/CHMP/ICH/82260/2006 Corr.*)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25FF1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00135A63" w:rsidP="00171014">
+          <w:p w14:paraId="37086940" w14:textId="09594E11" w:rsidR="0087298A" w:rsidRDefault="001E2AF9" w:rsidP="0087298A">
             <w:pPr>
-              <w:spacing w:before="840" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="400"/>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 2: ICH Q6A guideline Specifications"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="0087298A" w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r w:rsidR="0087298A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00135A63" w:rsidP="00171014">
+          <w:p w14:paraId="0DFE51FF" w14:textId="4E188420" w:rsidR="006C6FCA" w:rsidRDefault="001E2AF9" w:rsidP="0087298A">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 2: ICH Q6A guideline Specifications"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0087298A" w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="027F3228" w14:textId="77777777" w:rsidR="0087298A" w:rsidRDefault="0087298A" w:rsidP="0087298A">
             <w:pPr>
-              <w:spacing w:before="480" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="1FB0C0C5" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 2: ICH Q3C guideline Note for Guidance on Impurities"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="19BC50E5" w14:textId="5ADFF7D8" w:rsidR="0087298A" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 2: ICH Q3C guideline Note for Guidance on Impurities"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005D7314" w14:paraId="5DB7B9C9" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="620B524D" w14:textId="77777777" w:rsidR="005D7314" w:rsidRDefault="005D7314" w:rsidP="005D7314">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="6761312E" w14:textId="2284DCE2" w:rsidR="005D7314" w:rsidRPr="009E220E" w:rsidRDefault="005D7314" w:rsidP="005D7314">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD7A90">
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tests</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>specified</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>finished</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>product specifications</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>stability studies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, for identification, assay, impurities and dissolution, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>use either the relevant pharmacopoeial</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>method</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>validated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for specificity and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>accuracy or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">an alternative equivalent or superior method </w:t>
+            </w:r>
+            <w:r w:rsidR="004F6DEF" w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidR="004F6DEF">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>validated fully as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> described in the ICH/CPMP guideline, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="009E220E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Note for Guidanc</w:t>
+              </w:r>
+              <w:r w:rsidRPr="009E220E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>e</w:t>
+              </w:r>
+              <w:r w:rsidRPr="009E220E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> on Validation of Analytical Procedures: Text and Methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="009E220E">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> (CPMP/ICH/381/95).</w:t>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(CPMP/ICH/381/95).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="35B69BB7" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="6084B244" w14:textId="39809DB6" w:rsidR="005D7314" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Not applicable</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E70BD2">
+              <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005D7314" w14:paraId="44BAE308" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C5F411D" w14:textId="77777777" w:rsidR="005D7314" w:rsidRDefault="005D7314" w:rsidP="005D7314">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="1D51E15C" w14:textId="5B7EA78E" w:rsidR="005D7314" w:rsidRPr="00925BE0" w:rsidRDefault="005D7314" w:rsidP="005D7314">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Tests for preservative content are validated as described in the ICH/CPMP guideline, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD7A90">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Note</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-8"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>for</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-6"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Guidance</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-3"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>on</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-3"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Validation</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-3"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>of Analytical</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-3"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Procedures:</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-5"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Text</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:spacing w:val="-5"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>and Methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00925BE0">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> (CPMP/ICH/381/95).</w:t>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(CPMP/ICH/381/95).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="38006DF9" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="3BD064E1" w14:textId="0387AF72" w:rsidR="005D7314" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005D7314" w14:paraId="3FFE4C34" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00171014">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="50A474D5" w14:textId="77777777" w:rsidR="005D7314" w:rsidRDefault="005D7314" w:rsidP="005D7314">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00171014">
+          <w:p w14:paraId="502301CB" w14:textId="7075DED7" w:rsidR="005D7314" w:rsidRPr="00925BE0" w:rsidRDefault="005D7314" w:rsidP="005D7314">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD7A90">
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Where the directions for use permit the subdivision of tablets (e.g. ½ tablet doses),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>efficacy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>break-mark(s)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>has</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>been</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assessed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>results ensure</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>that the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>intended</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dose</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>administered</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(see</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidR="003010A5" w:rsidRPr="00925BE0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>ARGOM Appendix 2: Guidelines on quality aspects of OTC applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00925BE0">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...26 lines deleted...]
-              <w:t>.</w:t>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, 7.5.2 Subdivision of tablets</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925BE0">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="74BF62F5" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 5"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00171014">
+          <w:p w14:paraId="6A6BADFA" w14:textId="6D445028" w:rsidR="005D7314" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Control of finished product - Assurance 5"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="002157C9">
+    <w:p w14:paraId="7C090375" w14:textId="73563711" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Container / </w:t>
-[...8 lines deleted...]
-        <w:t>device</w:t>
+        <w:t>Container and/or measuring device</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
-[...1 lines deleted...]
-        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="6490"/>
+        <w:gridCol w:w="2125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
+      <w:tr w:rsidR="00181289" w14:paraId="72C94E1F" w14:textId="77777777" w:rsidTr="00607A39">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="00D6906D" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="426F4EE2" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="4332112A" w14:textId="62EB2569" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00181289" w14:paraId="2625D3CF" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2FC7019C" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="00958B60" w14:textId="7B880D44" w:rsidR="00181289" w:rsidRPr="001C563E" w:rsidRDefault="001C563E" w:rsidP="00607A39">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...4 lines deleted...]
-              <w:t>Packaging comprises conventional containers and material for the dosage form (e.g. oral liquids in bottles, tablets in bottles or blister packs).</w:t>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Packaging</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>comprises</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>conventional containers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>material</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dosage form (e.g. oral liquids in bottles, tablets in bottles or blister packs).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00816F5F">
+          <w:p w14:paraId="0D523772" w14:textId="279FFD9D" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00832FB7">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Container/measuring device - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00181289" w14:paraId="08BF0609" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="143B7A09" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="48C55C0C" w14:textId="0DC921E0" w:rsidR="00181289" w:rsidRPr="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD7A90">
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Packaging materials, containers, seals and closures are suitable for the intended</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pharmaceutical use</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>adequately</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>controlled</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>described</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="001C563E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>ARGOM Appendix 2: Guidelines on quality aspects of OTC applications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001C563E">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, 8 Finished Product Container</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00816F5F">
+          <w:p w14:paraId="19590FC7" w14:textId="07CBEDCA" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00832FB7">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Container/measuring device - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00181289" w14:paraId="5E7331D2" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2357385A" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="130A02D1" w14:textId="23B92DA8" w:rsidR="00181289" w:rsidRDefault="001C563E" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...21 lines deleted...]
-              <w:t>, as relevant.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The proposed medicine complies with Therapeutic Goods Order No. 95 – Child-resistant packaging requirements for medicines</w:t>
+            </w:r>
+            <w:r w:rsidR="00880265">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TGO 95).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D18E140" w14:textId="79F76ABF" w:rsidR="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidR="004D0D74">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="004D0D74">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ponsors are required to hold evidence of performance testing for reclosable closures.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64198732" w14:textId="61B48D49" w:rsidR="004D0D74" w:rsidRPr="001C563E" w:rsidRDefault="004D0D74" w:rsidP="001C563E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Note 2: Blister packaging is generally considered to be compliant with requirements for child-resistant packaging.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00816F5F">
+          <w:p w14:paraId="4C679BBC" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Container/measuring device - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00DE11A0" w:rsidP="00816F5F">
+          <w:p w14:paraId="22A992D8" w14:textId="3DCE65FF" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Container/measuring device - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00181289" w14:paraId="5B92DCB9" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="044B3ED4" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="55B5EFF4" w14:textId="459305AA" w:rsidR="00181289" w:rsidRPr="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7A90">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD7A90">
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Where</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>measuring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>device</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>supplied</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>medicine,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ability of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>device</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>deliver</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>correct</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dose</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>accurately and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>reproducibly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>has</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">been ensured. The supplied measuring device complies with the test and requirement for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00DD7A90">
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uniformity </w:t>
+            </w:r>
+            <w:r w:rsidR="008B5BBF">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and Accuracy </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of Delivered Doses from Multidose Containers </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Ph. Eur. monograph 2.9.27) as specified in BP/Ph. Eur. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Appendix XII C. Consistency of Formulated Preparations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="6B462F4B" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Container/measuring device - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="00DD7A90" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="43422504" w14:textId="7E91485A" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Container/measuring device - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="00DD7A90">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="00D35BA5">
+    <w:p w14:paraId="7E77687D" w14:textId="1F0E0D81" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:pageBreakBefore/>
       </w:pPr>
-      <w:r w:rsidRPr="00DD7A90">
-        <w:lastRenderedPageBreak/>
+      <w:r>
         <w:t>Stability</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableTGAblue"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="1"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="6490"/>
+        <w:gridCol w:w="2125"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidTr="00816F5F">
+      <w:tr w:rsidR="00181289" w14:paraId="3BE61342" w14:textId="77777777" w:rsidTr="00607A39">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...12 lines deleted...]
-              <w:t>#</w:t>
+          <w:p w14:paraId="45F07A49" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="35900FEC" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
               <w:t>Assurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="72BF9C8F" w14:textId="4A82E506" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C563E" w14:paraId="7BF99B15" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="047DA7D1" w14:textId="77777777" w:rsidR="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="639BB26C" w14:textId="02212ED5" w:rsidR="001C563E" w:rsidRPr="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C27E8">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002C27E8">
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stability data to support the nominated shelf life</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4EE3">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (including storage condition</w:t>
+            </w:r>
+            <w:r w:rsidR="008479AE">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4EE3">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have been generated in accordance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="001C563E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ARGOM Appendix 2: Guidelines on quality aspects of OTC applications</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="002C27E8">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002C27E8">
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I further declare that the nominated shelf life</w:t>
+            </w:r>
+            <w:r w:rsidR="00706D63">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (including storage condition</w:t>
+            </w:r>
+            <w:r w:rsidR="008479AE">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00706D63">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has been determined in accordance with </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="001C563E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ARGOM Appendix 2: Guidelines on quality aspects of OTC applications</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="002C27E8">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="3D9443CB" w14:textId="627781C1" w:rsidR="001C563E" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 1"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C563E" w14:paraId="54FF7A26" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="31BF7AC0" w14:textId="77777777" w:rsidR="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="19D4F6FD" w14:textId="2A642B8F" w:rsidR="001C563E" w:rsidRPr="00536196" w:rsidRDefault="00536196" w:rsidP="00536196">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C27E8">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002C27E8">
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Where</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>medicine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aqueous</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>multi-dose</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>medicine, the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>applicant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536196">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>holds data demonstrating preservative efficacy in accordance with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidR="00BC279A" w:rsidRPr="001C563E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:spacing w:val="-1"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>ARGOM Appendix 2: Guidelines on quality aspects of OTC applications 9.9.6</w:t>
+                <w:t>ARGOM Appendix 2: Guidelines on quality aspects of OTC applications</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="002C27E8">
-[...4 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00BC279A">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, section</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC279A" w:rsidRPr="001C563E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC279A" w:rsidRPr="00BC279A">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+            <w:r w:rsidR="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC279A" w:rsidRPr="00BC279A">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="21ED1FD4" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="0AD97F90" w14:textId="20EAD126" w:rsidR="001C563E" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 2"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C563E" w14:paraId="796DBDD4" w14:textId="77777777" w:rsidTr="00AB5099">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="67FDDE8A" w14:textId="77777777" w:rsidR="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="714FE5F3" w14:textId="77777777" w:rsidR="009E220E" w:rsidRPr="009E220E" w:rsidRDefault="009E220E" w:rsidP="009E220E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-              <w:rPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="133"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>stability</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>batches</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>stability</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>studies:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="221CA9BC" w14:textId="506FEC8D" w:rsidR="009E220E" w:rsidRPr="009E220E" w:rsidRDefault="009E220E" w:rsidP="009E220E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+              </w:tabs>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="117" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="177"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>identical</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>respect to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>formulation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>container</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>type</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and container </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>material</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the product to be marketed, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114F5311" w14:textId="303CA898" w:rsidR="001C563E" w:rsidRPr="009E220E" w:rsidRDefault="009E220E" w:rsidP="009E220E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="389"/>
+              </w:tabs>
+              <w:kinsoku w:val="0"/>
+              <w:overflowPunct w:val="0"/>
+              <w:spacing w:before="117" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="177"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C27E8">
-[...46 lines deleted...]
-              <w:t>were manufactured at pilot or production scale, using a process that simulates the final process intended for manufacture of the product to be marketed.</w:t>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>were manufactured at pilot or production scale, using a process that simulates</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>final process</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>intended</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>manufacture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Cambria"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>marketed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="393FAAB7" w14:textId="06D7B093" w:rsidR="0087298A" w:rsidRDefault="001E2AF9" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="600" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick box if yes: are identical with respect to formulation and container type/material to the product to be marketed"/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00AB5099" w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r w:rsidR="00AB5099">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="44F6526B" w14:textId="77777777" w:rsidR="0087298A" w:rsidRDefault="0087298A" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="360" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="45DE3A42" w14:textId="2281D460" w:rsidR="001C563E" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001C563E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick box if yes: were manufactured at pilot or production scale, using a process that simulates the final process intended for manufacture of the product to be marketed."/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 3"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00AB5099" w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C563E" w14:paraId="67E01498" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="021875A4" w14:textId="77777777" w:rsidR="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="7F65BF5C" w14:textId="1D5B737C" w:rsidR="001C563E" w:rsidRPr="009E220E" w:rsidRDefault="009E220E" w:rsidP="009E220E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C27E8">
-[...4 lines deleted...]
-              <w:t>Where a shelf life has been allocated on the basis of anything less than full-term data on two production batches, a stability testing program will be initiated on the first production batches of the goods (to a total of two), and any adverse results will be immediately reported to the TGA.</w:t>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Where</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>shelf life</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>has</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>been</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>allocated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>basis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of anything</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>full- term data on two production batches, a stability testing program will be initiated on the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>first production batches of the goods (to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E220E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a total of two), and any adverse results will be immediately reported to the TGA.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="6BBFF3F2" w14:textId="77777777" w:rsidR="001E2AF9" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009A2501">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="11FB11A1" w14:textId="3DFE6C65" w:rsidR="001C563E" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001E2AF9">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick not applicable if this doesn't apply to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 4"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Not applicable"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidTr="00816F5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C563E" w14:paraId="7FFCB728" w14:textId="77777777" w:rsidTr="00607A39">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1161" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002157C9" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A82F386" w14:textId="77777777" w:rsidR="001C563E" w:rsidRDefault="001C563E" w:rsidP="001C563E">
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="6490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00784EB5" w:rsidP="00816F5F">
+          <w:p w14:paraId="2CC5092A" w14:textId="3C57B151" w:rsidR="001C563E" w:rsidRPr="001B78D6" w:rsidRDefault="009E220E" w:rsidP="009E220E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C27E8">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00037EDD">
+            <w:r w:rsidRPr="001B78D6">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An ongoing stability testing program will be carried out in accordance with </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidR="001B78D6" w:rsidRPr="001B78D6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:i/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Code of GMP</w:t>
+                <w:t>Good Man</w:t>
+              </w:r>
+              <w:r w:rsidR="001B78D6" w:rsidRPr="001B78D6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>u</w:t>
+              </w:r>
+              <w:r w:rsidR="001B78D6" w:rsidRPr="001B78D6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>facturing Practice</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="002C27E8">
-[...12 lines deleted...]
-              <w:t>, or for additional advice contact the TGA).</w:t>
+            <w:r w:rsidR="001B78D6">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C71CB6">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(GMP) </w:t>
+            </w:r>
+            <w:r w:rsidR="001B78D6">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>requirements (</w:t>
+            </w:r>
+            <w:r w:rsidR="00C71CB6">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIC/S Guide to GMP for medicinal products, </w:t>
+            </w:r>
+            <w:r w:rsidR="001B78D6">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Part I chapter 6).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00784EB5" w:rsidRPr="002C27E8" w:rsidRDefault="00915DD5" w:rsidP="00816F5F">
+          <w:p w14:paraId="1994E408" w14:textId="4F87142C" w:rsidR="001C563E" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="001C563E">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="tick yes if this applies to this application"/>
-                  <w:statusText w:type="text" w:val="Section 2: Stability - Assurance 5"/>
+                  <w:helpText w:type="text" w:val="tick if "/>
+                  <w:statusText w:type="text" w:val="Yes"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00784EB5" w:rsidRPr="002C27E8">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> Yes</w:t>
+            <w:r w:rsidRPr="009A2501">
+              <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F01F8D" w:rsidRPr="002C27E8" w:rsidRDefault="002C27E8" w:rsidP="002C27E8">
+    <w:p w14:paraId="1AA68DE4" w14:textId="1EFD646A" w:rsidR="00181289" w:rsidRPr="00181289" w:rsidRDefault="00181289" w:rsidP="00925BE0">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="002C27E8">
-[...3 lines deleted...]
-        <w:t>I declare that:</w:t>
+      <w:bookmarkStart w:id="6" w:name="_Hlk206080370"/>
+      <w:r w:rsidRPr="00181289">
+        <w:t>Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C27E8" w:rsidRDefault="002C27E8" w:rsidP="00741BE1">
+    <w:p w14:paraId="7732D8C2" w14:textId="300B1DBF" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="00181289" w:rsidP="00181289">
+      <w:r>
+        <w:t>I declare that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2501">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCE26CD" w14:textId="1D9ACC2F" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="00181289" w:rsidP="00181289">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7797"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="2694"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>The information and assurances I have provided above are true and correct.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A2501">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00915DD5">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E2AF9">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="tick box for yes"/>
-            <w:statusText w:type="text" w:val="I declare that the information and assurances I have provided above are true and correct"/>
+            <w:helpText w:type="text" w:val="tick if "/>
+            <w:statusText w:type="text" w:val="Yes"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00915DD5">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E2AF9">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E2AF9">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00915DD5">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E2AF9">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidR="00832FB7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2501">
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002C27E8" w:rsidRPr="002C27E8" w:rsidRDefault="002C27E8" w:rsidP="00741BE1">
+    <w:p w14:paraId="4B54852C" w14:textId="6DF5F2C0" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="001E2AF9">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7797"/>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="2694"/>
         </w:tabs>
+        <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
-        <w:t>I am authorised to act on behalf of the sponsor.</w:t>
+        <w:t xml:space="preserve">I am authorised to act on behalf of the sponsor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2501">
+        <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00816F5F">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001E2AF9">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:helpText w:type="text" w:val="tick box for yes"/>
-            <w:statusText w:type="text" w:val="I declare that I am authorised to act on behalf of the sponsor"/>
+            <w:helpText w:type="text" w:val="tick if "/>
+            <w:statusText w:type="text" w:val="Yes"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00816F5F">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E2AF9">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005D7A11">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E2AF9">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00816F5F">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E2AF9">
         <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="001E2AF9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00832FB7" w:rsidRPr="009A2501">
+        <w:t>Yes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-34" w:tblpY="1"/>
-[...1 lines deleted...]
-        <w:tblW w:w="9640" w:type="dxa"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2660"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2302"/>
+        <w:gridCol w:w="2586"/>
+        <w:gridCol w:w="2884"/>
+        <w:gridCol w:w="779"/>
+        <w:gridCol w:w="3674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidTr="00CF0C0B">
+      <w:tr w:rsidR="00181289" w:rsidRPr="009A2501" w14:paraId="3CBB9A95" w14:textId="77777777" w:rsidTr="00181289">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="696"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidRDefault="00171014" w:rsidP="002C27E8">
-[...1 lines deleted...]
-              <w:t>Name</w:t>
+          <w:p w14:paraId="130088CE" w14:textId="77777777" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r w:rsidRPr="009A2501">
+              <w:t xml:space="preserve">Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6980" w:type="dxa"/>
+            <w:tcW w:w="7337" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidRDefault="00816F5F" w:rsidP="002C27E8">
-            <w:r w:rsidRPr="00741BE1">
+          <w:p w14:paraId="168D106B" w14:textId="7EE68D34" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="enter name of person signing the assurance form"/>
-                  <w:statusText w:type="text" w:val="Name"/>
+                  <w:helpText w:type="text" w:val="provide the signatory's name"/>
+                  <w:statusText w:type="text" w:val="Signatory name"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF0C0B" w:rsidRPr="00741BE1" w:rsidTr="00CF0C0B">
+      <w:tr w:rsidR="00181289" w:rsidRPr="009A2501" w14:paraId="4FB0401D" w14:textId="77777777" w:rsidTr="00181289">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF0C0B" w:rsidRPr="00741BE1" w:rsidRDefault="00CF0C0B" w:rsidP="00CF0C0B">
-[...11 lines deleted...]
-              <w:t>(e.g. regulatory affairs officer, agent of the sponsor)</w:t>
+          <w:p w14:paraId="6FFE9328" w14:textId="3E7EE967" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r>
+              <w:t>Position (e.g. regulatory affairs officer, agent of the sponsor</w:t>
+            </w:r>
+            <w:r w:rsidR="001B78D6">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6980" w:type="dxa"/>
+            <w:tcW w:w="7337" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF0C0B" w:rsidRPr="00741BE1" w:rsidRDefault="00816F5F" w:rsidP="002C27E8">
-            <w:r w:rsidRPr="00741BE1">
+          <w:p w14:paraId="14605BD9" w14:textId="2B0FCA0C" w:rsidR="00181289" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="enter the position title (e.g. regulatory affairs officer, agent of the sponsor)"/>
-                  <w:statusText w:type="text" w:val="Position"/>
+                  <w:helpText w:type="text" w:val="provide the date of signing"/>
+                  <w:statusText w:type="text" w:val="Signatory position"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidTr="00CF0C0B">
+      <w:tr w:rsidR="00181289" w:rsidRPr="009A2501" w14:paraId="0B71E7A0" w14:textId="77777777" w:rsidTr="00181289">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="706"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:tcW w:w="2586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidRDefault="002C27E8" w:rsidP="002C27E8">
-            <w:r w:rsidRPr="00741BE1">
+          <w:p w14:paraId="76E80D38" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r w:rsidRPr="009A2501">
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="04262B70" w14:textId="77777777" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="00181289" w:rsidP="00607A39"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidRDefault="002C27E8" w:rsidP="002C27E8"/>
+          <w:p w14:paraId="414D721D" w14:textId="77777777" w:rsidR="00181289" w:rsidRDefault="00181289" w:rsidP="00607A39"/>
+          <w:p w14:paraId="00CFC8C1" w14:textId="3F445094" w:rsidR="001B78D6" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:helpText w:type="text" w:val="provide the date of signing"/>
+                  <w:statusText w:type="text" w:val="Signature"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475D0AFB" w14:textId="77777777" w:rsidR="001B78D6" w:rsidRPr="009A2501" w:rsidRDefault="001B78D6" w:rsidP="00607A39"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="779" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidRDefault="002C27E8" w:rsidP="002C27E8">
-            <w:r w:rsidRPr="00741BE1">
+          <w:p w14:paraId="577B07DD" w14:textId="77777777" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="00181289" w:rsidP="00607A39">
+            <w:r w:rsidRPr="009A2501">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2302" w:type="dxa"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C27E8" w:rsidRPr="00741BE1" w:rsidRDefault="00816F5F" w:rsidP="002C27E8">
-            <w:r w:rsidRPr="00741BE1">
+          <w:p w14:paraId="25E98A78" w14:textId="65FC0A50" w:rsidR="00181289" w:rsidRPr="009A2501" w:rsidRDefault="001E2AF9" w:rsidP="00607A39">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:helpText w:type="text" w:val="enter date of signature"/>
-                  <w:statusText w:type="text" w:val="Date"/>
+                  <w:helpText w:type="text" w:val="provide the date of signing"/>
+                  <w:statusText w:type="text" w:val="Signature date"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00741BE1">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="6"/>
     </w:tbl>
-    <w:p w:rsidR="002C27E8" w:rsidRPr="00F01F8D" w:rsidRDefault="002C27E8" w:rsidP="002C27E8"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:p w14:paraId="117505EB" w14:textId="77777777" w:rsidR="0083026C" w:rsidRDefault="0083026C" w:rsidP="000B1A45"/>
+    <w:sectPr w:rsidR="0083026C" w:rsidSect="00D3276C">
+      <w:headerReference w:type="even" r:id="rId38"/>
+      <w:headerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="even" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
+      <w:headerReference w:type="first" r:id="rId42"/>
+      <w:footerReference w:type="first" r:id="rId43"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1104" w:right="1134" w:bottom="284" w:left="1134" w:header="284" w:footer="451" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="000B1A45">
+    <w:p w14:paraId="52B12D4D" w14:textId="77777777" w:rsidR="00684070" w:rsidRDefault="00684070" w:rsidP="000B1A45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="000B1A45">
+    <w:p w14:paraId="63A71FD9" w14:textId="77777777" w:rsidR="00684070" w:rsidRDefault="00684070" w:rsidP="000B1A45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MingLiU">
+    <w:altName w:val="細明體"/>
+    <w:panose1 w:val="02010609000101010101"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
+    <w:panose1 w:val="02010601000101010101"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="009D5FEA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67F3E666" w14:textId="619BF942" w:rsidR="005139F9" w:rsidRDefault="005139F9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
-    <w:r w:rsidRPr="008E6147">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37B63A16" wp14:editId="16273F28">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="950934969" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="329CE55A" w14:textId="48177D1E" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005139F9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="37B63A16" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251664384;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmMX1JDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YzuOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZJ6pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;pcQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4C/bp81jvWI&#10;rlU2z/ObrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMvitigp4Rj6+OmmLMuIkl0vW+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1nU/d76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG1NhpuMXTKKz3mZY9wc9D2gDAt8EZYn&#10;E70uqMmUDvQrynkVC2GIGY7larqbzPswKhefAxerVUpCGVkWNmZreYSOdEUuX4ZX5uyZ8ICbeoRJ&#10;Tax6w/uYG296uzoEZD8tJVI7EnlmHCWY1np+LlHjv/6nrOujXv4EAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgesHI2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasJAEIbvhb7DMoXe6kZDRdNsRARP&#10;loLaS2/r7pikZmdDdqPx7Tv1opeB4f/55pt8MbhGnLELtScF41ECAsl4W1Op4Hu/fpuBCFGT1Y0n&#10;VHDFAIvi+SnXmfUX2uJ5F0vBEAqZVlDF2GZSBlOh02HkWyTOjr5zOvLaldJ2+sJw18hJkkyl0zXx&#10;hUq3uKrQnHa9U/C+jZ/9F+3Tn2Fy/d20K5MeN0ap15dh+QEi4hDvZfjXZ3Uo2Onge7JBNAr4kXib&#10;nM2mcxAH5s5TkEUuH92LPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBmMX1JDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAgesHI2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="329CE55A" w14:textId="48177D1E" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005139F9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5A633989" w14:textId="7AA6CB58" w:rsidR="006D7E16" w:rsidRPr="002C3C78" w:rsidRDefault="005139F9" w:rsidP="009D5FEA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38ECA86C" wp14:editId="3DBEFC87">
+              <wp:simplePos x="720725" y="10144760"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1095292489" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1E2EDC74" w14:textId="06CC18B3" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005139F9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="38ECA86C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251665408;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALjs90DgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt7WnYRaZJ6pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv58Xn26&#10;ocQHZhqmwIiaHoWnt4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgF/3S5rHOsR&#10;XavsKs+vsx5cYx1w4T1678cgXSR8KQUPj1J6EYiqKfYW0unSuY1ntpizaueYbTt+aoP9QxeadQaL&#10;nqHuWWBk77o3ULrjDjzIMOOgM5Cy4yLNgNMU+atpNi2zIs2C5Hh7psn/P1j+cNjYJ0fC8A0GXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH0+ct1WZYRJbtcts6H7wI0iUZNHW4lkcUO&#10;ax/G1Ckl1jKw6pRKm1HmLwdiRk926TBaYdgOpGuw+NT9FpojDuVg3Le3fNVh6TXz4Yk5XDDOgaIN&#10;j3hIBX1N4WRR0oL79Z4/5iPvGKWkR8HU1KCiKVE/DO4jamsy3GRsk1F8zcsc42av7wBlWOCLsDyZ&#10;6HVBTaZ0oF9QzstYCEPMcCxX0+1k3oVRufgcuFguUxLKyLKwNhvLI3SkK3L5PLwwZ0+EB9zUA0xq&#10;YtUr3sfceNPb5T4g+2kpkdqRyBPjKMG01tNziRr/8z9lXR714jcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgesHI2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasJAEIbvhb7DMoXe6kZDRdNsRARP&#10;loLaS2/r7pikZmdDdqPx7Tv1opeB4f/55pt8MbhGnLELtScF41ECAsl4W1Op4Hu/fpuBCFGT1Y0n&#10;VHDFAIvi+SnXmfUX2uJ5F0vBEAqZVlDF2GZSBlOh02HkWyTOjr5zOvLaldJ2+sJw18hJkkyl0zXx&#10;hUq3uKrQnHa9U/C+jZ/9F+3Tn2Fy/d20K5MeN0ap15dh+QEi4hDvZfjXZ3Uo2Onge7JBNAr4kXib&#10;nM2mcxAH5s5TkEUuH92LPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALjs90DgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAgesHI2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="1E2EDC74" w14:textId="06CC18B3" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005139F9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00827CA6">
       <w:t>Assurances to accompany an OTC new medicine N2 application</w:t>
     </w:r>
-    <w:r w:rsidRPr="004B1BF3">
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="001B78D6">
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00E5689E">
-[...15 lines deleted...]
-      <w:t>)</w:t>
+    <w:r w:rsidR="00C6347D">
+      <w:t>January 2026</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00784EB5" w:rsidRPr="004B1BF3" w:rsidRDefault="00784EB5" w:rsidP="009D5FEA">
+  <w:p w14:paraId="2BA3217A" w14:textId="0FFDDAB3" w:rsidR="00212A35" w:rsidRPr="002C3C78" w:rsidRDefault="00212A35" w:rsidP="009D5FEA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
-    <w:r w:rsidRPr="006D7E16">
-[...5 lines deleted...]
-    <w:r w:rsidRPr="004B1BF3">
+    <w:r w:rsidRPr="002C3C78">
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="250395305"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidRPr="004B1BF3">
+        <w:r w:rsidRPr="002C3C78">
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006D7E16" w:rsidRPr="002C3C78">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006D7E16" w:rsidRPr="002C3C78">
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006D7E16" w:rsidRPr="002C3C78">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005D7A11">
+        <w:r w:rsidR="009B4FA4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006D7E16" w:rsidRPr="002C3C78">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidRPr="004B1BF3">
+        <w:r w:rsidRPr="002C3C78">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="009B4FA4">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="009B4FA4">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="009B4FA4">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005D7A11">
+        <w:r w:rsidR="009B4FA4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="009B4FA4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="00784EB5" w:rsidRPr="004B1BF3" w:rsidRDefault="00784EB5" w:rsidP="00212A35">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="612C848F" w14:textId="6F52FE3A" w:rsidR="00212A35" w:rsidRPr="002C3C78" w:rsidRDefault="005139F9" w:rsidP="009B4FA4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:before="120" w:after="0"/>
     </w:pPr>
-    <w:r w:rsidRPr="006E2D63">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+        <w:color w:val="006BA6"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DEFDB2C" wp14:editId="1B1FD2B6">
+              <wp:simplePos x="723900" y="9658350"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1456385481" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="66F443EE" w14:textId="43DEDD79" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005139F9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5DEFDB2C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlDWD5DgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt7WnYRaZJ6pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv58Xn26&#10;ocQHZhqmwIiaHoWnt4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgF/3S5rHOsR&#10;XavsKs+vsx5cYx1w4T1678cgXSR8KQUPj1J6EYiqKfYW0unSuY1ntpizaueYbTt+aoP9QxeadQaL&#10;nqHuWWBk77o3ULrjDjzIMOOgM5Cy4yLNgNMU+atpNi2zIs2C5Hh7psn/P1j+cNjYJ0fC8A0GXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH0+ct1WZYRJbtcts6H7wI0iUZNHW4lkcUO&#10;ax/G1Ckl1jKw6pRKm1HmLwdiRk926TBaYdgOpGuwkan7LTRHHMrBuG9v+arD0mvmwxNzuGCcA0Ub&#10;HvGQCvqawsmipAX36z1/zEfeMUpJj4KpqUFFU6J+GNxH1NZkuMnYJqP4mpc5xs1e3wHKsMAXYXky&#10;0euCmkzpQL+gnJexEIaY4ViuptvJvAujcvE5cLFcpiSUkWVhbTaWR+hIV+TyeXhhzp4ID7ipB5jU&#10;xKpXvI+58aa3y31A9tNSIrUjkSfGUYJprafnEjX+53/KujzqxW8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgesHI2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasJAEIbvhb7DMoXe6kZDRdNsRARP&#10;loLaS2/r7pikZmdDdqPx7Tv1opeB4f/55pt8MbhGnLELtScF41ECAsl4W1Op4Hu/fpuBCFGT1Y0n&#10;VHDFAIvi+SnXmfUX2uJ5F0vBEAqZVlDF2GZSBlOh02HkWyTOjr5zOvLaldJ2+sJw18hJkkyl0zXx&#10;hUq3uKrQnHa9U/C+jZ/9F+3Tn2Fy/d20K5MeN0ap15dh+QEi4hDvZfjXZ3Uo2Onge7JBNAr4kXib&#10;nM2mcxAH5s5TkEUuH92LPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBlDWD5DgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAgesHI2gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="66F443EE" w14:textId="43DEDD79" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005139F9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00405109" w:rsidRPr="00B16BE8">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="006BA6"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D2D0F61" wp14:editId="64B3BFEF">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35B30EB6" wp14:editId="31483AE7">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>5296535</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>60325</wp:posOffset>
+            <wp:posOffset>-9289</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1367790" cy="276225"/>
-          <wp:effectExtent l="0" t="0" r="3810" b="9525"/>
+          <wp:extent cx="7566660" cy="1244336"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Picture 2" descr="TGA: Health Safety Regulation"/>
+          <wp:docPr id="4" name="Picture 0"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2" descr="TGA Footer Logo"/>
-[...164 lines deleted...]
-                  <pic:cNvPr id="0" name="LH_Graphic_2_RGB.jpg"/>
+                  <pic:cNvPr id="11" name="Picture 0"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7667625" cy="571500"/>
+                    <a:ext cx="7566660" cy="1244336"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r w:rsidR="00B16BE8" w:rsidRPr="00B16BE8">
+      <w:rPr>
+        <w:color w:val="006BA6"/>
+      </w:rPr>
+      <w:t>Post:</w:t>
+    </w:r>
+    <w:r w:rsidR="00B16BE8">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00212A35" w:rsidRPr="002C3C78">
+      <w:t xml:space="preserve">PO Box </w:t>
+    </w:r>
+    <w:r w:rsidR="009D14EE" w:rsidRPr="002C3C78">
+      <w:t>100</w:t>
+    </w:r>
+    <w:r w:rsidR="009D14EE">
+      <w:t>,</w:t>
+    </w:r>
+    <w:r w:rsidR="009D14EE" w:rsidRPr="002C3C78">
+      <w:t xml:space="preserve"> Woden</w:t>
+    </w:r>
+    <w:r w:rsidR="006B52C8">
+      <w:t>,</w:t>
+    </w:r>
+    <w:r w:rsidR="00212A35" w:rsidRPr="002C3C78">
+      <w:t xml:space="preserve"> ACT</w:t>
+    </w:r>
+    <w:r w:rsidR="006B52C8">
+      <w:t>,</w:t>
+    </w:r>
+    <w:r w:rsidR="00212A35" w:rsidRPr="002C3C78">
+      <w:t xml:space="preserve"> 2606</w:t>
+    </w:r>
+    <w:r w:rsidR="00212A35" w:rsidRPr="002C3C78">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="006B52C8">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="00212A35" w:rsidRPr="002C3C78">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00212A35" w:rsidRPr="00B16BE8">
+      <w:rPr>
+        <w:color w:val="006BA6"/>
+      </w:rPr>
+      <w:t>ABN</w:t>
+    </w:r>
+    <w:r w:rsidR="00B16BE8" w:rsidRPr="00B16BE8">
+      <w:rPr>
+        <w:color w:val="006BA6"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidR="00B16BE8">
+      <w:rPr>
+        <w:color w:val="006BA6"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00212A35" w:rsidRPr="00B16BE8">
+      <w:t>40 939 406 804</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="03E658DD" w14:textId="5ACE7FE5" w:rsidR="00212A35" w:rsidRPr="002C3C78" w:rsidRDefault="00212A35" w:rsidP="00212A35">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00B16BE8">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+        <w:color w:val="006BA6"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Phone: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C3C78">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">1800 020 653 </w:t>
+    </w:r>
+    <w:r w:rsidR="006B52C8">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C3C78">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B16BE8">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+        <w:color w:val="006BA6"/>
+      </w:rPr>
+      <w:t>Email:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C3C78">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009D14EE">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t>info@tga.gov</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C3C78">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.au </w:t>
+    </w:r>
+    <w:r w:rsidR="006B52C8">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C3C78">
+      <w:rPr>
+        <w:rStyle w:val="FooterChar"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="00172699" w:rsidRPr="00E627C8">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>https://www.tga.gov.au</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="36EBD3E1" w14:textId="1BBF5BDF" w:rsidR="00212A35" w:rsidRPr="009B4FA4" w:rsidRDefault="00212A35" w:rsidP="009B4FA4">
+    <w:pPr>
+      <w:pStyle w:val="Reference"/>
+      <w:spacing w:before="60"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009B4FA4">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Publication </w:t>
+    </w:r>
+    <w:r w:rsidR="00827CA6">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>D25-</w:t>
+    </w:r>
+    <w:r w:rsidR="001D4BFC">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>4960960</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="102C1E0E" w14:textId="77777777" w:rsidR="00212A35" w:rsidRPr="002C3C78" w:rsidRDefault="00212A35" w:rsidP="000B1A45">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="000B1A45">
+    <w:p w14:paraId="45831B0F" w14:textId="77777777" w:rsidR="00684070" w:rsidRDefault="00684070" w:rsidP="000B1A45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00784EB5" w:rsidRDefault="00784EB5" w:rsidP="000B1A45">
+    <w:p w14:paraId="2EF5C9E7" w14:textId="77777777" w:rsidR="00684070" w:rsidRDefault="00684070" w:rsidP="000B1A45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32C52101" w14:textId="24281F57" w:rsidR="005139F9" w:rsidRDefault="005139F9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32471E81" wp14:editId="66CD17F0">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="344060447" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="11F6D669" w14:textId="458C4286" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005139F9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="32471E81" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVUEjgCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oi2QDj0rshQbkERBUmJnXz9KtpOt22nYRaZI+pF8fFreDlqRo3C+A1PTYpFTIgyHpjP7mn5/2Xy4&#10;ocQHZhqmwIianoSnt6v375a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZlfgBUGgxKcZgGvbp81jvWI&#10;rlV2lefXWQ+usQ648B6992OQrhK+lIKHJym9CETVFHsL6XTp3MUzWy1ZtXfMth2f2mD/0IVmncGi&#10;Z6h7Fhg5uO4PKN1xBx5kWHDQGUjZcZFmwGmK/M0025ZZkWZBcrw90+T/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpTJsYAuHoLMvipigp4Rj6+Om6LMuIkl1+ts6HrwI0iUZNHW4lkcWO&#10;Dz6MqXNKrGVg0ymVNqPMbw7EjJ7s0mG0wrAbprZ30JxwGgfjor3lmw5rPjAfnpnDzeIAqNbwhIdU&#10;0NcUJouSFtyPv/ljPhKOUUp6VEpNDUqZEvXN4CKiqJJRfM7LHG9udu9mwxz0HaD+CnwKlicz5gU1&#10;m9KBfkUdr2MhDDHDsVxNw2zehVGy+A64WK9TEurHsvBgtpZH6MhTJPFleGXOTkwHXNEjzDJi1RvC&#10;x9z4p7frQ0Da0zYipyORE9WovbTP6Z1Ecf96T1mX17z6CQAA//8DAFBLAwQUAAYACAAAACEAw4kd&#10;d9oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJNtNSVQuyXEhAM3RPQ8&#10;dMe20J1pugtUfr2rF71M8vJe3vumWIyuU2cafCtsIJ0koIgrsS3XBnZvq4cZKB+QLXbCZOCLPCzK&#10;25sCcysXfqXzNtQqlrDP0UATQp9r7auGHPqJ9MTR+5TBYYhyqLUd8BLLXacfk2SqHbYcFxrs6aWh&#10;6rg9OQNttpSQ0vt6dfhwqaTXzTq7boy5vxuXz6ACjeEvDD/4ER3KyLSXE1uvOgPxkfB7ozebzkHt&#10;DWTzJ9Blof+zl98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1VBI4AkCAAAVBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAw4kdd9oAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="11F6D669" w14:textId="458C4286" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005139F9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5FD7FDBF" w14:textId="0A8058C8" w:rsidR="005139F9" w:rsidRDefault="005139F9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78DA960B" wp14:editId="7D2D8408">
+              <wp:simplePos x="720725" y="180975"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1253492702" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="76ADD9F5" w14:textId="068F86BE" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005139F9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="78DA960B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPN/u7DAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uGuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOu22nYRaZI+pF8fJrfDVqRg3C+A1PTYpZTIgyHpjO7mv54WX26&#10;ocQHZhqmwIiaHoWnd4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgGvbpc1jvWI&#10;rlV2lefXWQ+usQ648B69D2OQLhK+lIKHJym9CETVFHsL6XTp3MYzW8xZtXPMth0/tcH+oQvNOoNF&#10;z1APLDCyd90fULrjDjzIMOOgM5Cy4yLNgNMU+btpNi2zIs2C5Hh7psn/P1j+eNjYZ0fC8BUGXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH0+ct1WZYRJbv8bJ0P3wRoEo2aOtxKIosd&#10;1j6MqVNKrGVg1SmVNqPMbw7EjJ7s0mG0wrAdSNe86X4LzRGHcjDu21u+6rD0mvnwzBwuGOdA0YYn&#10;PKSCvqZwsihpwf38mz/mI+8YpaRHwdTUoKIpUd8N7iNqKxnFbV7meHOTezsZZq/vAWVY4IuwPJkx&#10;L6jJlA70K8p5GQthiBmO5WoaJvM+jMrF58DFcpmSUEaWhbXZWB6hI12Ry5fhlTl7Ijzgph5hUhOr&#10;3vE+5sY/vV3uA7KflhKpHYk8MY4STGs9PZeo8bf3lHV51ItfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;w4kdd9oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJNtNSVQuyXEhAM3&#10;RPQ8dMe20J1pugtUfr2rF71M8vJe3vumWIyuU2cafCtsIJ0koIgrsS3XBnZvq4cZKB+QLXbCZOCL&#10;PCzK25sCcysXfqXzNtQqlrDP0UATQp9r7auGHPqJ9MTR+5TBYYhyqLUd8BLLXacfk2SqHbYcFxrs&#10;6aWh6rg9OQNttpSQ0vt6dfhwqaTXzTq7boy5vxuXz6ACjeEvDD/4ER3KyLSXE1uvOgPxkfB7ozeb&#10;zkHtDWTzJ9Blof+zl98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATzf7uwwCAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAw4kdd9oAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="76ADD9F5" w14:textId="068F86BE" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005139F9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C2CC0D1" w14:textId="4CC4A039" w:rsidR="005139F9" w:rsidRDefault="005139F9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E438E83" wp14:editId="1CAA01E1">
+              <wp:simplePos x="723900" y="180975"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1602906658" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0315DD75" w14:textId="78DD7CE2" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="005139F9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2E438E83" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWdYNwDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7a7ueuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOu22nYRaZI+pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv54Xn24&#10;ocQHZhqmwIiaHoWnt4v37+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgGvbpc1jvWI&#10;rlV2lefXWQ+usQ648B6992OQLhK+lIKHRym9CETVFHsL6XTp3MYzW8xZtXPMth0/tcH+oQvNOoNF&#10;z1D3LDCyd90fULrjDjzIMOOgM5Cy4yLNgNMU+ZtpNi2zIs2C5Hh7psn/P1j+cNjYJ0fC8BUGXGAk&#10;pLe+8uiM8wzS6fjFTgnGkcLjmTYxBMLRWZbFTVFSwjH08fN1WZYRJbv8bJ0P3wRoEo2aOtxKIosd&#10;1j6MqVNKrGVg1SmVNqPMbw7EjJ7s0mG0wrAdSNfU9NPU/RaaIw7lYNy3t3zVYek18+GJOVwwzoGi&#10;DY94SAV9TeFkUdKC+/k3f8xH3jFKSY+CqalBRVOivhvcR9RWMooveZnjzU3u7WSYvb4DlGGBL8Ly&#10;ZMa8oCZTOtAvKOdlLIQhZjiWq2mYzLswKhefAxfLZUpCGVkW1mZjeYSOdEUun4cX5uyJ8ICbeoBJ&#10;Tax6w/uYG//0drkPyH5aSqR2JPLEOEowrfX0XKLGX99T1uVRL34BAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDiR132gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6HzZh4k201JVC7JcSE&#10;AzdE9Dx0x7bQnWm6C1R+vasXvUzy8l7e+6ZYjK5TZxp8K2wgnSSgiCuxLdcGdm+rhxkoH5AtdsJk&#10;4Is8LMrbmwJzKxd+pfM21CqWsM/RQBNCn2vtq4Yc+on0xNH7lMFhiHKotR3wEstdpx+TZKodthwX&#10;GuzppaHquD05A222lJDS+3p1+HCppNfNOrtujLm/G5fPoAKN4S8MP/gRHcrItJcTW686A/GR8Huj&#10;N5vOQe0NZPMn0GWh/7OX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWdYNwDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDiR132gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0315DD75" w14:textId="78DD7CE2" w:rsidR="005139F9" w:rsidRPr="005139F9" w:rsidRDefault="005139F9" w:rsidP="005139F9">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="005139F9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9E8CE102"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9CA85D4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="52D41280"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1097" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04C2E980"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4DF89F7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F90AA1E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CE90143C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE26848E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BB4ABAE6"/>
+    <w:tmpl w:val="36443972"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -9354,74 +13055,419 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="679427D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000402"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="456" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="739" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2402" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3234" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4065" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4896" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5728" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6559" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000403"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="456" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1492" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2525" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3558" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4591" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5624" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6657" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7690" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8723" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000405"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="393" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1066" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1733" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3067" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3734" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4401" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5068" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5735" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000406"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="389" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1048" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1717" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2385" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3054" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3722" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5059" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5728" w:hanging="284"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10053F11"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="61626244"/>
+    <w:tmpl w:val="575CEDBE"/>
     <w:styleLink w:val="NumberBullet"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberbullet0"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Numberbullet2"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="426"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -9491,51 +13537,312 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10AE224A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC0863D2"/>
+    <w:lvl w:ilvl="0" w:tplc="A31CD590">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11423E39"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7E12097E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="168F13E9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="23D6542C"/>
     <w:styleLink w:val="ListBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -9608,164 +13915,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32C268E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F9E46FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -9834,153 +14028,63 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="585750BC"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="424040B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="042EC610"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1.1"/>
+    <w:tmpl w:val="0D3639B8"/>
+    <w:lvl w:ilvl="0" w:tplc="1B44660A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...88 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -10036,175 +14140,65 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="75994CCB"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="585750BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B942ACF4"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="042EC610"/>
+    <w:lvl w:ilvl="0" w:tplc="80501EA2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...108 lines deleted...]
-      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10235,2093 +14229,1275 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="79F16603"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BDF2606"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AAB2D9C4"/>
+    <w:tmpl w:val="C4D48B02"/>
+    <w:lvl w:ilvl="0" w:tplc="6FBCF740">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14B00D2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4692B8E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFD88F6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8DA21D46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="79CAAF84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10D41A62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9EC21D1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="739A7E4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="721C71CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D26F90E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="785270336">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1383753966">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="947127843">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1072388191">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1170175178">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="392969136">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="730546176">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="821190666">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1896774428">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="965349753">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="598831884">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1511021519">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1979142975">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1284186768">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1376464888">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="323054461">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1240477904">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="18" w16cid:durableId="1492721872">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="751582279">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1629581426">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1655375343">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="842404148">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1282999023">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1778987834">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="503281260">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1443303439">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2113815666">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="482351482">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="29" w16cid:durableId="168562096">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="30" w16cid:durableId="1593470943">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15">
-[...160 lines deleted...]
-  <w:num w:numId="25">
+  <w:num w:numId="31" w16cid:durableId="455762105">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
-[...1134 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="32" w16cid:durableId="724987278">
+    <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="100000" w:hash="Qo30rcPv7V6deYyzlhd1vfGGTVU=" w:salt="oyHlk+PScOA4CVkbQQTfDA=="/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F01F8D"/>
+    <w:rsidRoot w:val="00376765"/>
     <w:rsid w:val="00001318"/>
-    <w:rsid w:val="00013B24"/>
     <w:rsid w:val="00015911"/>
     <w:rsid w:val="00024198"/>
-    <w:rsid w:val="00037EDD"/>
+    <w:rsid w:val="00043458"/>
+    <w:rsid w:val="0004507C"/>
     <w:rsid w:val="00045EBC"/>
     <w:rsid w:val="00046BDF"/>
     <w:rsid w:val="000475AB"/>
     <w:rsid w:val="00050813"/>
+    <w:rsid w:val="000522F2"/>
     <w:rsid w:val="0005278F"/>
     <w:rsid w:val="00052B04"/>
+    <w:rsid w:val="00053170"/>
     <w:rsid w:val="0005332B"/>
     <w:rsid w:val="0005431B"/>
     <w:rsid w:val="00056622"/>
-    <w:rsid w:val="00071298"/>
+    <w:rsid w:val="00062C12"/>
     <w:rsid w:val="00072A33"/>
     <w:rsid w:val="00072EEB"/>
     <w:rsid w:val="00075975"/>
     <w:rsid w:val="000857AB"/>
     <w:rsid w:val="0009311B"/>
-    <w:rsid w:val="000A3CBC"/>
     <w:rsid w:val="000A5AFC"/>
     <w:rsid w:val="000B1A45"/>
     <w:rsid w:val="000B4F2E"/>
+    <w:rsid w:val="000C5512"/>
     <w:rsid w:val="000C7843"/>
+    <w:rsid w:val="000C79B1"/>
+    <w:rsid w:val="000D2DE1"/>
     <w:rsid w:val="000D4EAA"/>
     <w:rsid w:val="000D6BF6"/>
     <w:rsid w:val="000D7317"/>
     <w:rsid w:val="000E2CF3"/>
     <w:rsid w:val="000F06FC"/>
     <w:rsid w:val="0010007E"/>
+    <w:rsid w:val="00102FCE"/>
     <w:rsid w:val="00103B59"/>
     <w:rsid w:val="00104407"/>
-    <w:rsid w:val="0010597C"/>
+    <w:rsid w:val="00112984"/>
+    <w:rsid w:val="00112F69"/>
+    <w:rsid w:val="0011440B"/>
+    <w:rsid w:val="001222EE"/>
+    <w:rsid w:val="00127056"/>
     <w:rsid w:val="00131BCC"/>
+    <w:rsid w:val="00132CAF"/>
     <w:rsid w:val="00134923"/>
-    <w:rsid w:val="00135A63"/>
     <w:rsid w:val="00140213"/>
     <w:rsid w:val="00142446"/>
+    <w:rsid w:val="00146A75"/>
     <w:rsid w:val="001500BC"/>
     <w:rsid w:val="00153894"/>
     <w:rsid w:val="0016372C"/>
     <w:rsid w:val="0016442C"/>
     <w:rsid w:val="00166069"/>
     <w:rsid w:val="0017014F"/>
-    <w:rsid w:val="00171014"/>
+    <w:rsid w:val="00171B8E"/>
+    <w:rsid w:val="00172699"/>
     <w:rsid w:val="0017363B"/>
     <w:rsid w:val="00173790"/>
     <w:rsid w:val="00180C44"/>
+    <w:rsid w:val="00181289"/>
     <w:rsid w:val="001829E8"/>
     <w:rsid w:val="001842C2"/>
     <w:rsid w:val="00190A4F"/>
     <w:rsid w:val="00192757"/>
     <w:rsid w:val="001A0018"/>
     <w:rsid w:val="001A5625"/>
+    <w:rsid w:val="001B07D7"/>
+    <w:rsid w:val="001B2205"/>
+    <w:rsid w:val="001B3336"/>
+    <w:rsid w:val="001B78D6"/>
+    <w:rsid w:val="001C563E"/>
     <w:rsid w:val="001C7E45"/>
     <w:rsid w:val="001D0DB4"/>
+    <w:rsid w:val="001D4BFC"/>
     <w:rsid w:val="001E11E4"/>
+    <w:rsid w:val="001E235E"/>
+    <w:rsid w:val="001E2879"/>
+    <w:rsid w:val="001E2AF9"/>
     <w:rsid w:val="001E3056"/>
     <w:rsid w:val="001E3CF4"/>
     <w:rsid w:val="001E4385"/>
     <w:rsid w:val="001F223E"/>
     <w:rsid w:val="001F2CFB"/>
     <w:rsid w:val="001F6EC0"/>
     <w:rsid w:val="0020049C"/>
     <w:rsid w:val="00201B41"/>
     <w:rsid w:val="002022AC"/>
     <w:rsid w:val="00206055"/>
+    <w:rsid w:val="00207203"/>
     <w:rsid w:val="0021073A"/>
     <w:rsid w:val="00212A35"/>
-    <w:rsid w:val="002157C9"/>
+    <w:rsid w:val="00213401"/>
     <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="002344EE"/>
     <w:rsid w:val="00235662"/>
     <w:rsid w:val="002572E6"/>
     <w:rsid w:val="00260487"/>
     <w:rsid w:val="00266D7C"/>
     <w:rsid w:val="00271889"/>
+    <w:rsid w:val="002731D1"/>
+    <w:rsid w:val="00274ED7"/>
     <w:rsid w:val="0027601B"/>
     <w:rsid w:val="002804A3"/>
     <w:rsid w:val="00290049"/>
     <w:rsid w:val="002919BF"/>
+    <w:rsid w:val="00291F60"/>
     <w:rsid w:val="00296E61"/>
     <w:rsid w:val="00296F1B"/>
     <w:rsid w:val="002B57F1"/>
     <w:rsid w:val="002B73E9"/>
-    <w:rsid w:val="002C27E8"/>
+    <w:rsid w:val="002C1CCF"/>
+    <w:rsid w:val="002C3C78"/>
+    <w:rsid w:val="002C3D28"/>
     <w:rsid w:val="002C57FE"/>
     <w:rsid w:val="002D26E5"/>
     <w:rsid w:val="002E692D"/>
+    <w:rsid w:val="002E7371"/>
     <w:rsid w:val="002F0E52"/>
+    <w:rsid w:val="003010A5"/>
+    <w:rsid w:val="0030196B"/>
     <w:rsid w:val="00302919"/>
     <w:rsid w:val="0030608B"/>
     <w:rsid w:val="0030663E"/>
     <w:rsid w:val="00317F01"/>
     <w:rsid w:val="0032274A"/>
+    <w:rsid w:val="00326FE7"/>
     <w:rsid w:val="0032736E"/>
     <w:rsid w:val="003273C6"/>
     <w:rsid w:val="00330A9F"/>
     <w:rsid w:val="0033572E"/>
     <w:rsid w:val="00337345"/>
     <w:rsid w:val="003443AE"/>
-    <w:rsid w:val="00344EE1"/>
     <w:rsid w:val="00347E6B"/>
     <w:rsid w:val="00351B27"/>
     <w:rsid w:val="0036068A"/>
+    <w:rsid w:val="00361B79"/>
     <w:rsid w:val="00362150"/>
+    <w:rsid w:val="003664E8"/>
+    <w:rsid w:val="00372CCD"/>
+    <w:rsid w:val="00376765"/>
+    <w:rsid w:val="003776B9"/>
     <w:rsid w:val="00382B8B"/>
     <w:rsid w:val="00383F75"/>
+    <w:rsid w:val="00395962"/>
     <w:rsid w:val="003A0B79"/>
     <w:rsid w:val="003A3511"/>
     <w:rsid w:val="003A3A28"/>
     <w:rsid w:val="003B0CE7"/>
+    <w:rsid w:val="003B0D4B"/>
+    <w:rsid w:val="003B1962"/>
     <w:rsid w:val="003B1A0B"/>
-    <w:rsid w:val="003C3A91"/>
+    <w:rsid w:val="003C476C"/>
+    <w:rsid w:val="003C6433"/>
     <w:rsid w:val="003C6C55"/>
     <w:rsid w:val="003C6EA4"/>
     <w:rsid w:val="003D0532"/>
     <w:rsid w:val="003D3476"/>
     <w:rsid w:val="003D5E1F"/>
     <w:rsid w:val="003E08BC"/>
     <w:rsid w:val="003E360B"/>
     <w:rsid w:val="003E773A"/>
+    <w:rsid w:val="003F16D3"/>
     <w:rsid w:val="003F6956"/>
     <w:rsid w:val="003F75BE"/>
     <w:rsid w:val="004034A0"/>
     <w:rsid w:val="00403FC1"/>
+    <w:rsid w:val="00405109"/>
     <w:rsid w:val="00412E60"/>
     <w:rsid w:val="004142E2"/>
+    <w:rsid w:val="00414C19"/>
+    <w:rsid w:val="004234D2"/>
     <w:rsid w:val="0043163F"/>
     <w:rsid w:val="00433032"/>
     <w:rsid w:val="004456C1"/>
     <w:rsid w:val="00447476"/>
     <w:rsid w:val="00451DBF"/>
     <w:rsid w:val="004553EA"/>
     <w:rsid w:val="00457D72"/>
+    <w:rsid w:val="004671A8"/>
     <w:rsid w:val="00472CAB"/>
     <w:rsid w:val="00473710"/>
     <w:rsid w:val="004738C2"/>
     <w:rsid w:val="00474243"/>
     <w:rsid w:val="004774F4"/>
     <w:rsid w:val="00480198"/>
+    <w:rsid w:val="00484978"/>
+    <w:rsid w:val="004938C7"/>
+    <w:rsid w:val="004A2FBA"/>
     <w:rsid w:val="004A472C"/>
     <w:rsid w:val="004B1BF3"/>
+    <w:rsid w:val="004D0D74"/>
     <w:rsid w:val="004D2AA8"/>
     <w:rsid w:val="004D57EA"/>
-    <w:rsid w:val="004E169E"/>
+    <w:rsid w:val="004E1091"/>
+    <w:rsid w:val="004E6855"/>
+    <w:rsid w:val="004F0B54"/>
     <w:rsid w:val="004F2350"/>
-    <w:rsid w:val="004F4510"/>
     <w:rsid w:val="004F6B3D"/>
-    <w:rsid w:val="00502870"/>
+    <w:rsid w:val="004F6DEF"/>
+    <w:rsid w:val="005010CF"/>
+    <w:rsid w:val="00501105"/>
+    <w:rsid w:val="0050258A"/>
     <w:rsid w:val="005037AB"/>
+    <w:rsid w:val="0050395E"/>
     <w:rsid w:val="00511E7A"/>
+    <w:rsid w:val="0051358B"/>
+    <w:rsid w:val="005139F9"/>
     <w:rsid w:val="00514031"/>
     <w:rsid w:val="005211BD"/>
+    <w:rsid w:val="005233DD"/>
+    <w:rsid w:val="00530B9B"/>
     <w:rsid w:val="005314AC"/>
     <w:rsid w:val="0053374A"/>
+    <w:rsid w:val="00536196"/>
+    <w:rsid w:val="0054345E"/>
     <w:rsid w:val="00543B5D"/>
     <w:rsid w:val="00551D04"/>
     <w:rsid w:val="00553158"/>
     <w:rsid w:val="005533BF"/>
     <w:rsid w:val="0055365D"/>
     <w:rsid w:val="0055748F"/>
     <w:rsid w:val="00560E52"/>
     <w:rsid w:val="005617E2"/>
     <w:rsid w:val="00561C8C"/>
     <w:rsid w:val="00561FE2"/>
+    <w:rsid w:val="005639AF"/>
+    <w:rsid w:val="00563C42"/>
     <w:rsid w:val="00565739"/>
+    <w:rsid w:val="00570797"/>
+    <w:rsid w:val="00574900"/>
     <w:rsid w:val="00575C18"/>
     <w:rsid w:val="00576B11"/>
     <w:rsid w:val="00580CDD"/>
     <w:rsid w:val="00581323"/>
     <w:rsid w:val="00584C32"/>
+    <w:rsid w:val="005854DB"/>
     <w:rsid w:val="005855BC"/>
     <w:rsid w:val="00587799"/>
     <w:rsid w:val="00587900"/>
     <w:rsid w:val="0059045D"/>
     <w:rsid w:val="0059714C"/>
     <w:rsid w:val="00597403"/>
     <w:rsid w:val="005B0CB4"/>
     <w:rsid w:val="005B493C"/>
     <w:rsid w:val="005C1825"/>
     <w:rsid w:val="005C1E50"/>
     <w:rsid w:val="005C7E88"/>
     <w:rsid w:val="005C7F77"/>
     <w:rsid w:val="005D366B"/>
     <w:rsid w:val="005D6DDA"/>
-    <w:rsid w:val="005D7A11"/>
+    <w:rsid w:val="005D7314"/>
+    <w:rsid w:val="005E29E0"/>
     <w:rsid w:val="005F00AA"/>
     <w:rsid w:val="005F44D7"/>
     <w:rsid w:val="005F5F2C"/>
+    <w:rsid w:val="00612FA3"/>
+    <w:rsid w:val="00613766"/>
     <w:rsid w:val="00614E24"/>
     <w:rsid w:val="00616222"/>
     <w:rsid w:val="0062143B"/>
     <w:rsid w:val="006220D6"/>
+    <w:rsid w:val="006320B6"/>
     <w:rsid w:val="006323B8"/>
     <w:rsid w:val="006419C4"/>
+    <w:rsid w:val="00642EC9"/>
     <w:rsid w:val="00646924"/>
     <w:rsid w:val="00647308"/>
-    <w:rsid w:val="00651196"/>
+    <w:rsid w:val="00650263"/>
     <w:rsid w:val="00654399"/>
+    <w:rsid w:val="00654926"/>
     <w:rsid w:val="00656793"/>
     <w:rsid w:val="00661F0D"/>
     <w:rsid w:val="00666816"/>
     <w:rsid w:val="00666D03"/>
+    <w:rsid w:val="00671BF1"/>
     <w:rsid w:val="00671DC4"/>
     <w:rsid w:val="00674D40"/>
     <w:rsid w:val="00675321"/>
     <w:rsid w:val="00681DE0"/>
+    <w:rsid w:val="00682348"/>
+    <w:rsid w:val="00684070"/>
     <w:rsid w:val="006909D6"/>
+    <w:rsid w:val="00695CB2"/>
     <w:rsid w:val="006A12E6"/>
     <w:rsid w:val="006A636A"/>
     <w:rsid w:val="006B0C06"/>
+    <w:rsid w:val="006B52C8"/>
+    <w:rsid w:val="006B5DA0"/>
     <w:rsid w:val="006C0C21"/>
+    <w:rsid w:val="006C6FCA"/>
+    <w:rsid w:val="006D18FE"/>
     <w:rsid w:val="006D244D"/>
+    <w:rsid w:val="006D5C1A"/>
     <w:rsid w:val="006D7E16"/>
     <w:rsid w:val="006D7FF7"/>
+    <w:rsid w:val="006E01F2"/>
     <w:rsid w:val="006E1856"/>
     <w:rsid w:val="006E2D63"/>
+    <w:rsid w:val="006E3451"/>
+    <w:rsid w:val="006E62BC"/>
     <w:rsid w:val="006E7F04"/>
+    <w:rsid w:val="0070100D"/>
+    <w:rsid w:val="007020E0"/>
     <w:rsid w:val="00703502"/>
     <w:rsid w:val="007040D6"/>
     <w:rsid w:val="007049AA"/>
+    <w:rsid w:val="007063A5"/>
+    <w:rsid w:val="00706D63"/>
     <w:rsid w:val="0071671C"/>
     <w:rsid w:val="00731C73"/>
     <w:rsid w:val="007332DA"/>
-    <w:rsid w:val="00741BE1"/>
+    <w:rsid w:val="00734F98"/>
     <w:rsid w:val="00741EF9"/>
     <w:rsid w:val="007423CC"/>
+    <w:rsid w:val="00742FBD"/>
     <w:rsid w:val="00750E27"/>
+    <w:rsid w:val="00761C99"/>
     <w:rsid w:val="007648FE"/>
+    <w:rsid w:val="0077041D"/>
     <w:rsid w:val="0077320A"/>
-    <w:rsid w:val="00784EB5"/>
+    <w:rsid w:val="00782838"/>
+    <w:rsid w:val="007833C2"/>
+    <w:rsid w:val="0078793E"/>
     <w:rsid w:val="007A0E92"/>
+    <w:rsid w:val="007A6481"/>
     <w:rsid w:val="007C109F"/>
     <w:rsid w:val="007C7666"/>
+    <w:rsid w:val="007D12D5"/>
     <w:rsid w:val="007D513A"/>
+    <w:rsid w:val="007F1AAE"/>
+    <w:rsid w:val="007F1CA5"/>
     <w:rsid w:val="007F39A5"/>
     <w:rsid w:val="007F6D4E"/>
     <w:rsid w:val="00800A0E"/>
     <w:rsid w:val="00806E71"/>
     <w:rsid w:val="0081178E"/>
     <w:rsid w:val="00814C9E"/>
-    <w:rsid w:val="00816F5F"/>
     <w:rsid w:val="0082458F"/>
+    <w:rsid w:val="00827CA6"/>
+    <w:rsid w:val="0083026C"/>
+    <w:rsid w:val="00832FB7"/>
+    <w:rsid w:val="008479AE"/>
     <w:rsid w:val="00847A0A"/>
+    <w:rsid w:val="00860860"/>
     <w:rsid w:val="0086734C"/>
     <w:rsid w:val="00867B1B"/>
+    <w:rsid w:val="0087298A"/>
     <w:rsid w:val="00872EC7"/>
     <w:rsid w:val="00874249"/>
+    <w:rsid w:val="00875161"/>
+    <w:rsid w:val="008773DE"/>
+    <w:rsid w:val="00880265"/>
     <w:rsid w:val="00887236"/>
     <w:rsid w:val="008934FA"/>
+    <w:rsid w:val="0089585D"/>
     <w:rsid w:val="008A2606"/>
     <w:rsid w:val="008A4AAC"/>
     <w:rsid w:val="008A6762"/>
+    <w:rsid w:val="008B5BBF"/>
     <w:rsid w:val="008B7E66"/>
     <w:rsid w:val="008C3A9F"/>
     <w:rsid w:val="008C54CE"/>
     <w:rsid w:val="008D0FE8"/>
     <w:rsid w:val="008D4A49"/>
     <w:rsid w:val="008E03CF"/>
     <w:rsid w:val="008E0799"/>
-    <w:rsid w:val="008E6147"/>
     <w:rsid w:val="008E6439"/>
+    <w:rsid w:val="008F4EE3"/>
     <w:rsid w:val="008F51A3"/>
     <w:rsid w:val="008F7EB0"/>
     <w:rsid w:val="00901CFB"/>
     <w:rsid w:val="0090602B"/>
+    <w:rsid w:val="00914EFA"/>
     <w:rsid w:val="00915592"/>
-    <w:rsid w:val="00915ACD"/>
-    <w:rsid w:val="00915DD5"/>
     <w:rsid w:val="00916625"/>
+    <w:rsid w:val="00917135"/>
+    <w:rsid w:val="00925BE0"/>
     <w:rsid w:val="00927A1F"/>
+    <w:rsid w:val="009305E2"/>
+    <w:rsid w:val="00930E3F"/>
     <w:rsid w:val="00931B68"/>
     <w:rsid w:val="00933319"/>
     <w:rsid w:val="00934543"/>
+    <w:rsid w:val="009345D8"/>
+    <w:rsid w:val="00946049"/>
     <w:rsid w:val="00946312"/>
     <w:rsid w:val="00946C27"/>
     <w:rsid w:val="00947387"/>
     <w:rsid w:val="00950F31"/>
     <w:rsid w:val="00963B56"/>
     <w:rsid w:val="009648F1"/>
+    <w:rsid w:val="009657A7"/>
+    <w:rsid w:val="0097511A"/>
     <w:rsid w:val="00990B8A"/>
     <w:rsid w:val="00990DE4"/>
+    <w:rsid w:val="00990F07"/>
     <w:rsid w:val="009926B4"/>
     <w:rsid w:val="00997D31"/>
+    <w:rsid w:val="009A2501"/>
     <w:rsid w:val="009A4C84"/>
     <w:rsid w:val="009A6687"/>
     <w:rsid w:val="009B0F4F"/>
     <w:rsid w:val="009B4CCC"/>
+    <w:rsid w:val="009B4FA4"/>
     <w:rsid w:val="009B6B01"/>
     <w:rsid w:val="009D0FB8"/>
+    <w:rsid w:val="009D14EE"/>
+    <w:rsid w:val="009D29AE"/>
     <w:rsid w:val="009D5FEA"/>
+    <w:rsid w:val="009E220E"/>
     <w:rsid w:val="009E2D36"/>
+    <w:rsid w:val="009E4075"/>
     <w:rsid w:val="009F7773"/>
+    <w:rsid w:val="00A01EE7"/>
+    <w:rsid w:val="00A02EBA"/>
     <w:rsid w:val="00A069A2"/>
     <w:rsid w:val="00A074F9"/>
     <w:rsid w:val="00A117F6"/>
     <w:rsid w:val="00A13469"/>
     <w:rsid w:val="00A22D70"/>
     <w:rsid w:val="00A25E7C"/>
+    <w:rsid w:val="00A262AD"/>
     <w:rsid w:val="00A34938"/>
+    <w:rsid w:val="00A353C1"/>
     <w:rsid w:val="00A54949"/>
+    <w:rsid w:val="00A57AEC"/>
     <w:rsid w:val="00A60FBD"/>
+    <w:rsid w:val="00A7007E"/>
     <w:rsid w:val="00A72E19"/>
     <w:rsid w:val="00A7340E"/>
     <w:rsid w:val="00A841DD"/>
     <w:rsid w:val="00A9211E"/>
+    <w:rsid w:val="00A93E45"/>
     <w:rsid w:val="00AA6920"/>
+    <w:rsid w:val="00AB5099"/>
+    <w:rsid w:val="00AB522B"/>
     <w:rsid w:val="00AC1F27"/>
     <w:rsid w:val="00AC2B3E"/>
     <w:rsid w:val="00AC4D09"/>
     <w:rsid w:val="00AD1C82"/>
     <w:rsid w:val="00AD208E"/>
     <w:rsid w:val="00AD55FC"/>
+    <w:rsid w:val="00AD6C6E"/>
+    <w:rsid w:val="00AE17EE"/>
     <w:rsid w:val="00AE2010"/>
     <w:rsid w:val="00AE3D69"/>
     <w:rsid w:val="00AE6655"/>
     <w:rsid w:val="00AE7EDD"/>
     <w:rsid w:val="00AF1F38"/>
     <w:rsid w:val="00AF6D97"/>
+    <w:rsid w:val="00B00AD3"/>
     <w:rsid w:val="00B04FB8"/>
+    <w:rsid w:val="00B14825"/>
+    <w:rsid w:val="00B16BE8"/>
     <w:rsid w:val="00B203DF"/>
+    <w:rsid w:val="00B26A3F"/>
     <w:rsid w:val="00B33A66"/>
     <w:rsid w:val="00B33BC0"/>
     <w:rsid w:val="00B340CE"/>
-    <w:rsid w:val="00B40AC7"/>
     <w:rsid w:val="00B42796"/>
     <w:rsid w:val="00B44036"/>
     <w:rsid w:val="00B441BB"/>
     <w:rsid w:val="00B528BA"/>
     <w:rsid w:val="00B55AA7"/>
     <w:rsid w:val="00B57256"/>
+    <w:rsid w:val="00B57A75"/>
+    <w:rsid w:val="00B66B5C"/>
     <w:rsid w:val="00B7374C"/>
+    <w:rsid w:val="00B73972"/>
     <w:rsid w:val="00B74311"/>
     <w:rsid w:val="00B765F5"/>
     <w:rsid w:val="00B76B71"/>
+    <w:rsid w:val="00B86C73"/>
     <w:rsid w:val="00BA7570"/>
+    <w:rsid w:val="00BA796A"/>
     <w:rsid w:val="00BA79ED"/>
-    <w:rsid w:val="00BB08B4"/>
     <w:rsid w:val="00BB3004"/>
     <w:rsid w:val="00BB7AC9"/>
+    <w:rsid w:val="00BC279A"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:rsid w:val="00BD4B5B"/>
-    <w:rsid w:val="00BE0727"/>
+    <w:rsid w:val="00BE2B92"/>
+    <w:rsid w:val="00BE4BAF"/>
     <w:rsid w:val="00BF08CA"/>
     <w:rsid w:val="00BF2DDF"/>
+    <w:rsid w:val="00BF4A0D"/>
     <w:rsid w:val="00C002CB"/>
     <w:rsid w:val="00C03B91"/>
+    <w:rsid w:val="00C10AD6"/>
     <w:rsid w:val="00C1555F"/>
+    <w:rsid w:val="00C2520A"/>
     <w:rsid w:val="00C46D26"/>
     <w:rsid w:val="00C471E5"/>
     <w:rsid w:val="00C47EA1"/>
     <w:rsid w:val="00C52DB5"/>
     <w:rsid w:val="00C623B1"/>
     <w:rsid w:val="00C62EE5"/>
+    <w:rsid w:val="00C6347D"/>
     <w:rsid w:val="00C66089"/>
     <w:rsid w:val="00C663FB"/>
     <w:rsid w:val="00C711DF"/>
+    <w:rsid w:val="00C71CB6"/>
+    <w:rsid w:val="00C72B4D"/>
     <w:rsid w:val="00C8047E"/>
+    <w:rsid w:val="00C82E72"/>
     <w:rsid w:val="00C857A7"/>
     <w:rsid w:val="00C86316"/>
     <w:rsid w:val="00C90F77"/>
     <w:rsid w:val="00C91204"/>
+    <w:rsid w:val="00C93679"/>
     <w:rsid w:val="00C959F5"/>
+    <w:rsid w:val="00CA17D2"/>
+    <w:rsid w:val="00CA6660"/>
     <w:rsid w:val="00CA6718"/>
     <w:rsid w:val="00CA7362"/>
+    <w:rsid w:val="00CB2516"/>
     <w:rsid w:val="00CB3877"/>
+    <w:rsid w:val="00CB6F99"/>
+    <w:rsid w:val="00CC2741"/>
     <w:rsid w:val="00CC7B2D"/>
     <w:rsid w:val="00CD04D4"/>
     <w:rsid w:val="00CD4A1F"/>
     <w:rsid w:val="00CE4A02"/>
-    <w:rsid w:val="00CF0C0B"/>
     <w:rsid w:val="00CF3944"/>
     <w:rsid w:val="00CF6A32"/>
     <w:rsid w:val="00D004A1"/>
-    <w:rsid w:val="00D062A5"/>
     <w:rsid w:val="00D2154D"/>
+    <w:rsid w:val="00D276F4"/>
     <w:rsid w:val="00D2788A"/>
+    <w:rsid w:val="00D3126C"/>
+    <w:rsid w:val="00D3276C"/>
+    <w:rsid w:val="00D32E6F"/>
     <w:rsid w:val="00D351D3"/>
-    <w:rsid w:val="00D35BA5"/>
     <w:rsid w:val="00D41AE5"/>
+    <w:rsid w:val="00D47992"/>
+    <w:rsid w:val="00D51058"/>
     <w:rsid w:val="00D5180A"/>
     <w:rsid w:val="00D51C78"/>
     <w:rsid w:val="00D65F2E"/>
     <w:rsid w:val="00D71A6D"/>
+    <w:rsid w:val="00D731CC"/>
     <w:rsid w:val="00D744A9"/>
+    <w:rsid w:val="00D74EDF"/>
     <w:rsid w:val="00D7529F"/>
     <w:rsid w:val="00D7618D"/>
     <w:rsid w:val="00D818E8"/>
     <w:rsid w:val="00D819E9"/>
     <w:rsid w:val="00D81EE0"/>
     <w:rsid w:val="00D84A16"/>
     <w:rsid w:val="00D95B87"/>
     <w:rsid w:val="00D971D9"/>
     <w:rsid w:val="00DA1D2B"/>
     <w:rsid w:val="00DA545F"/>
+    <w:rsid w:val="00DA72BE"/>
     <w:rsid w:val="00DC276A"/>
-    <w:rsid w:val="00DC595A"/>
     <w:rsid w:val="00DC720A"/>
     <w:rsid w:val="00DC7445"/>
+    <w:rsid w:val="00DD48AF"/>
     <w:rsid w:val="00DD73C6"/>
-    <w:rsid w:val="00DD7A90"/>
     <w:rsid w:val="00DD7C41"/>
-    <w:rsid w:val="00DE11A0"/>
     <w:rsid w:val="00DE1689"/>
-    <w:rsid w:val="00DE2EBB"/>
     <w:rsid w:val="00DE3522"/>
     <w:rsid w:val="00DE5CB3"/>
     <w:rsid w:val="00DE6AB2"/>
+    <w:rsid w:val="00DE76DF"/>
     <w:rsid w:val="00DE799F"/>
+    <w:rsid w:val="00DF3427"/>
     <w:rsid w:val="00E0247C"/>
+    <w:rsid w:val="00E06227"/>
     <w:rsid w:val="00E1603D"/>
+    <w:rsid w:val="00E173C6"/>
+    <w:rsid w:val="00E20F6B"/>
     <w:rsid w:val="00E220DC"/>
     <w:rsid w:val="00E25393"/>
-    <w:rsid w:val="00E2617F"/>
     <w:rsid w:val="00E26BEE"/>
     <w:rsid w:val="00E27BE1"/>
     <w:rsid w:val="00E31A5B"/>
     <w:rsid w:val="00E31DA8"/>
+    <w:rsid w:val="00E34195"/>
+    <w:rsid w:val="00E4397D"/>
     <w:rsid w:val="00E46A9C"/>
     <w:rsid w:val="00E47C1B"/>
-    <w:rsid w:val="00E5689E"/>
+    <w:rsid w:val="00E57098"/>
+    <w:rsid w:val="00E61B81"/>
+    <w:rsid w:val="00E61E50"/>
+    <w:rsid w:val="00E63672"/>
+    <w:rsid w:val="00E70BD2"/>
+    <w:rsid w:val="00E76903"/>
     <w:rsid w:val="00E774C5"/>
     <w:rsid w:val="00E77608"/>
     <w:rsid w:val="00E80317"/>
     <w:rsid w:val="00E9335A"/>
     <w:rsid w:val="00EA40F9"/>
     <w:rsid w:val="00EA53C9"/>
     <w:rsid w:val="00EA5533"/>
     <w:rsid w:val="00EA7EFC"/>
     <w:rsid w:val="00EB09CD"/>
+    <w:rsid w:val="00EB4EA1"/>
     <w:rsid w:val="00EC08AB"/>
+    <w:rsid w:val="00EC13D0"/>
+    <w:rsid w:val="00EC21AB"/>
     <w:rsid w:val="00EC2817"/>
     <w:rsid w:val="00EC5A23"/>
     <w:rsid w:val="00EC64A1"/>
     <w:rsid w:val="00EC6552"/>
     <w:rsid w:val="00ED48C4"/>
+    <w:rsid w:val="00EE4302"/>
+    <w:rsid w:val="00EE4BC9"/>
     <w:rsid w:val="00EE69C9"/>
+    <w:rsid w:val="00EF4EE3"/>
     <w:rsid w:val="00F00ED0"/>
-    <w:rsid w:val="00F01F8D"/>
     <w:rsid w:val="00F04233"/>
+    <w:rsid w:val="00F04D2B"/>
+    <w:rsid w:val="00F06666"/>
     <w:rsid w:val="00F10ECD"/>
     <w:rsid w:val="00F134F6"/>
     <w:rsid w:val="00F14CCC"/>
     <w:rsid w:val="00F17CB2"/>
+    <w:rsid w:val="00F25FF1"/>
     <w:rsid w:val="00F26A26"/>
     <w:rsid w:val="00F363CA"/>
     <w:rsid w:val="00F403A7"/>
     <w:rsid w:val="00F40BE2"/>
     <w:rsid w:val="00F457AE"/>
     <w:rsid w:val="00F547D6"/>
+    <w:rsid w:val="00F57C1C"/>
     <w:rsid w:val="00F647AF"/>
+    <w:rsid w:val="00F65AC5"/>
     <w:rsid w:val="00F66D92"/>
+    <w:rsid w:val="00F67239"/>
+    <w:rsid w:val="00F81E59"/>
     <w:rsid w:val="00F85525"/>
-    <w:rsid w:val="00FA323C"/>
+    <w:rsid w:val="00F86D90"/>
+    <w:rsid w:val="00F964E8"/>
     <w:rsid w:val="00FA3F1B"/>
     <w:rsid w:val="00FB6F43"/>
+    <w:rsid w:val="00FC5FB5"/>
     <w:rsid w:val="00FD366B"/>
+    <w:rsid w:val="00FE11A4"/>
+    <w:rsid w:val="00FE1325"/>
     <w:rsid w:val="00FE2373"/>
+    <w:rsid w:val="00FE5462"/>
     <w:rsid w:val="00FF517C"/>
     <w:rsid w:val="00FF54B5"/>
     <w:rsid w:val="00FF71FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="504F1805"/>
+  <w15:docId w15:val="{21E6FC5E-AA2C-42C6-827E-14641F3FBADA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:color w:val="000000"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="footer" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="99" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Date" w:uiPriority="99"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -12365,370 +15541,484 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C002CB"/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009D14EE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="360"/>
+      <w:spacing w:before="240" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="64"/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="48"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="32"/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00181289"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="0" w:line="220" w:lineRule="atLeast"/>
+      <w:spacing w:before="360" w:line="220" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="0" w:line="220" w:lineRule="atLeast"/>
+      <w:spacing w:before="240" w:line="220" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="220" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
-      <w:color w:val="001523"/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="26"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="220" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:b/>
       <w:bCs/>
       <w:i/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat/>
     <w:rsid w:val="00221E5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="60" w:line="180" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:rsid w:val="00221E5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:color w:val="0070B5" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:rsid w:val="00221E5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:color w:val="0070B5" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC4D09"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
-      <w:spacing w:before="120"/>
+      <w:spacing w:after="60"/>
       <w:ind w:left="284" w:hanging="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="001E4385"/>
+    <w:rsid w:val="00917135"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:trPr>
+        <w:cantSplit/>
+        <w:tblHeader/>
+      </w:trPr>
+    </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:qFormat/>
-    <w:rsid w:val="006E2D63"/>
+    <w:rsid w:val="006B52C8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="majorHAnsi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="14"/>
-      <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00997D31"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
-    <w:rsid w:val="006E2D63"/>
+    <w:rsid w:val="006B52C8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cstheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cstheme="majorHAnsi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="14"/>
-      <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009648F1"/>
     <w:rPr>
@@ -12752,182 +16042,196 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubmissionID">
     <w:name w:val="Submission ID"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BF08CA"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ExpiryDate">
     <w:name w:val="Expiry Date"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BB7AC9"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Cambria" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="22"/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Code">
     <w:name w:val="Code"/>
     <w:basedOn w:val="Footer"/>
     <w:qFormat/>
     <w:rsid w:val="007049AA"/>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00AE6655"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IDNumber">
     <w:name w:val="IDNumber"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004F2350"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="10"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Reference">
     <w:name w:val="Reference"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="006E2D63"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="0" w:line="180" w:lineRule="atLeast"/>
+      <w:spacing w:after="0" w:line="180" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableTGA">
     <w:name w:val="Table TGA"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00D818E8"/>
+    <w:rsid w:val="00AE17EE"/>
+    <w:pPr>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:left="113"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="113" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:wordWrap/>
+        <w:spacing w:beforeLines="0" w:before="80" w:beforeAutospacing="0" w:afterLines="0" w:after="40" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:left="113"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-        <w:sz w:val="18"/>
+        <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
+      <w:trPr>
+        <w:cantSplit/>
+        <w:tblHeader/>
+      </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="002C47" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Address">
     <w:name w:val="Address"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCopy">
     <w:name w:val="Table Copy"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000B1A45"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
-    <w:uiPriority w:val="10"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009D0FB8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
@@ -12937,360 +16241,360 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeadings">
     <w:name w:val="Table Headings"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00212A35"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:spacing w:val="-4"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1-Title">
     <w:name w:val="Heading 1 - Title"/>
     <w:basedOn w:val="Title"/>
     <w:rsid w:val="00FF71FF"/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subtitle">
     <w:name w:val="Sub title"/>
     <w:basedOn w:val="Title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF71FF"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
-      <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:before="120" w:after="360" w:line="240" w:lineRule="atLeast"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="006DA7" w:themeColor="accent3"/>
+      <w:color w:val="006BA6"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="000B1A45"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="23"/>
       </w:numPr>
-      <w:spacing w:before="120"/>
+      <w:spacing w:after="60"/>
       <w:ind w:left="568" w:hanging="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="000B1A45"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="23"/>
       </w:numPr>
-      <w:spacing w:before="120"/>
+      <w:spacing w:after="60"/>
       <w:ind w:left="993" w:hanging="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="009E2D36"/>
+    <w:rsid w:val="00CB6F99"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
-      <w:ind w:left="425" w:hanging="425"/>
+      <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="009E2D36"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
+      <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="850" w:hanging="425"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="009E2D36"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
+      <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1259" w:hanging="408"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AxisLabel">
     <w:name w:val="Axis Label"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="14"/>
-      <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AxisTitle">
     <w:name w:val="Axis Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contents">
     <w:name w:val="Contents"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="360"/>
+      <w:spacing w:after="360"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="64"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Date">
     <w:name w:val="Date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="DateChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
     <w:name w:val="Date Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Date"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FigureCaption">
     <w:name w:val="Figure Caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FigureTitle">
     <w:name w:val="Figure Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:line="220" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FlowChartWhiteHeading">
     <w:name w:val="Flow Chart White Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FlowChartBlackHeading">
     <w:name w:val="Flow Chart Black Heading"/>
     <w:basedOn w:val="FlowChartWhiteHeading"/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FlowChartWhiteText">
     <w:name w:val="Flow Chart White Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FlowchartText">
     <w:name w:val="Flowchart Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
-      <w:color w:val="001523"/>
-      <w:sz w:val="22"/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="26"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:b/>
       <w:bCs/>
       <w:i/>
-      <w:sz w:val="22"/>
+      <w:color w:val="001871"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00221E5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Key">
     <w:name w:val="Key"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LegalCopy">
     <w:name w:val="Legal Copy"/>
     <w:basedOn w:val="Footer"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="17"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LegalSubheading">
     <w:name w:val="Legal Subheading"/>
     <w:basedOn w:val="Footer"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="17"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent2">
     <w:name w:val="Light Shading Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Calibri" w:hAnsi="Cambria"/>
       <w:color w:val="943634"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D"/>
@@ -13369,51 +16673,50 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ListBullets">
     <w:name w:val="ListBullets"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
     <w:name w:val="Medium Grid 2 Accent 5"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="68"/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
-      <w:color w:val="000000"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
@@ -13497,66 +16800,65 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NonTOCHeading2">
     <w:name w:val="Non TOC Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notes">
     <w:name w:val="Notes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberbullet0">
     <w:name w:val="Number bullet"/>
     <w:basedOn w:val="ListBullet"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
-      <w:ind w:left="425"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberbullet2">
     <w:name w:val="Number bullet 2"/>
     <w:basedOn w:val="ListBullet2"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberbullet3">
     <w:name w:val="Number bullet 3"/>
     <w:basedOn w:val="ListBullet3"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="NumberBullet">
@@ -13612,180 +16914,175 @@
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="40"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
     <w:name w:val="Table Caption"/>
     <w:basedOn w:val="FigureCaption"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableTGAblue">
     <w:name w:val="Table TGA blue"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00A069A2"/>
+    <w:rsid w:val="00AE17EE"/>
+    <w:pPr>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:left="113"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-      <w:sz w:val="22"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
       <w:szCs w:val="21"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="001871"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="001871"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="001871"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="001871"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="001871"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="001871"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:wordWrap/>
-        <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0"/>
+        <w:spacing w:beforeLines="0" w:before="80" w:beforeAutospacing="0" w:afterLines="0" w:after="40" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:left="113"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="001871"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
-        <w:tcBorders>
-[...9 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="006DA7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEE7F7" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableTGAblack">
     <w:name w:val="Table TGA black"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A069A2"/>
+    <w:rsid w:val="00F57C1C"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:ind w:left="113"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
       <w:szCs w:val="21"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:wordWrap/>
-        <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0"/>
+        <w:spacing w:beforeLines="0" w:before="80" w:beforeAutospacing="0" w:afterLines="0" w:after="40" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:left="113"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableTitle">
     <w:name w:val="Table Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TGASignoff">
     <w:name w:val="TGA Signoff"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
@@ -13834,1919 +17131,315 @@
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B1BF3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:bCs w:val="0"/>
       <w:color w:val="002035"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:rsid w:val="00221E5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:color w:val="0070B5" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:rsid w:val="00221E5B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:color w:val="0070B5" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="009E2D36"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
+      <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1208" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="009E2D36"/>
+    <w:rsid w:val="00BC5A7B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
+      <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1491" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00212A35"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00212A35"/>
-    <w:pPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00212A35"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00212A35"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00212A35"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...153 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C002CB"/>
+    <w:rsid w:val="0083026C"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:snapToGrid w:val="0"/>
-      <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+      <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-    <w:name w:val="heading 1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0083026C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="0083026C"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...123 lines deleted...]
-      <w:sz w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
-    <w:name w:val="heading 8"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="00827CA6"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="7"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
-    <w:name w:val="heading 9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Calloutforquotinglegislation">
+    <w:name w:val="Callout for quoting legislation"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00221E5B"/>
+    <w:rsid w:val="002344EE"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="8"/>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="18" w:space="4" w:color="643253"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E2C4D8"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...6 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...21 lines deleted...]
-    <w:rsid w:val="00AC4D09"/>
+    <w:rsid w:val="002344EE"/>
     <w:pPr>
-      <w:numPr>
-[...14 lines deleted...]
-      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...130 lines deleted...]
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004B1BF3"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F81E59"/>
     <w:rPr>
-      <w:color w:val="808080"/>
-[...1155 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/transmissible-spongiform-encephalopathies-tse-tga-approach-minimising-risk-exposure" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/publication/manufacturing-principles-medicinal-products" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/requirements-otc-new-medicines-n2-applications-using-otc-medicine-monographs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/book/9-stability-finished-product" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/book/9-stability-finished-product" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/book/9-stability-finished-product" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/treatment-information-provided-tga" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.comlaw.gov.au/Details/F2008L03428" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/how-we-regulate/supply-therapeutic-good/supply-non-prescription-medicine/over-counter-otc-n2-applications-and-medicine-monographs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/understanding-requirements-over-counter-otc-new-medicine-n2-applications" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/transmissible-spongiform-encephalopathies-tse-tga-approach-minimising-risk-exposure" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/understanding-requirements-over-counter-otc-new-medicine-n2-applications" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/argom-appendix-2-guidelines-quality-aspects-otc-applications" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/products/medicines/over-counter-medicines/application-and-market-authorisation/requirements-otc-new-medicines-n2-applications-using-otc-medicine-monographs/over-counter-otc-medicine-monographs-n2-applications" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/resource/international-scientific-guidelines/ich-guideline-q3c-r8-impurities-guideline-residual-solvents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/how-we-regulate/ingredients-and-scheduling-medicines-and-chemicals/colourings-used-medicines-topical-and-oral-use" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/argom-appendix-2-guidelines-quality-aspects-otc-applications" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/products/medicines/manufacturing/manufacture-medicine/good-manufacturing-practice-gmp/complying-pics-guide-good-manufacturing-practice-medicinal-products" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/argom-appendix-2-guidelines-quality-aspects-otc-applications" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/products/medicines/over-counter-medicines/application-and-market-authorisation/requirements-otc-new-medicines-n2-applications-using-otc-medicine-monographs/over-counter-otc-medicine-monographs-n2-applications" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/resource/international-scientific-guidelines/ich-topic-q6a-specifications-test-procedures-and-acceptance-criteria-new-drug-substances-and-new-drug-products-chemical-substances" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/argom-appendix-2-guidelines-quality-aspects-otc-applications" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/how-we-regulate/ingredients-and-scheduling-medicines-and-chemicals/colourings-used-medicines-topical-and-oral-use" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/resource/international-scientific-guidelines/ich-topic-q-2-r1-validation-analytical-procedures-text-and-methodology" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/understanding-requirements-over-counter-otc-new-medicine-n2-applications" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/products/medicines/over-counter-medicines/application-and-market-authorisation/requirements-otc-new-medicines-n2-applications-using-otc-medicine-monographs/over-counter-otc-medicine-monographs-n2-applications" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/products/medicines/over-counter-medicines/application-and-market-authorisation/requirements-otc-new-medicines-n2-applications-using-otc-medicine-monographs/over-counter-otc-medicine-monographs-n2-applications" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/resource/international-scientific-guidelines/ich-topic-q-2-r1-validation-analytical-procedures-text-and-methodology" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/argom-appendix-2-guidelines-quality-aspects-otc-applications" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/treatment-information-provided-tga" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/products/medicines/over-counter-medicines/application-and-market-authorisation/requirements-otc-new-medicines-n2-applications-using-otc-medicine-monographs/over-counter-otc-medicine-monographs-n2-applications" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/transmissible-spongiform-encephalopathies-tse-tga-approach-minimising-risk-exposure" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/resources/guidance/argom-appendix-2-guidelines-quality-aspects-otc-applications" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au/products/medicines/manufacturing/manufacture-medicine/good-manufacturing-practice-gmp/complying-pics-guide-good-manufacturing-practice-medicinal-products" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///I:\Departmental%20Templates\TGA%20External\Form.dotx" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tga.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="TGA_Colours">
+    <a:clrScheme name="TGA 2022">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="002C47"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="002C47"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="50555C"/>
+        <a:srgbClr val="F2F2F2"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="002C47"/>
+        <a:srgbClr val="0047BB"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="B3C960"/>
+        <a:srgbClr val="5C88DA"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="006DA7"/>
+        <a:srgbClr val="B8CCEA"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="006664"/>
+        <a:srgbClr val="5BC500"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4D2779"/>
+        <a:srgbClr val="93DA49"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="25451C"/>
+        <a:srgbClr val="C7E995"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="50555C"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="365171"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="TGA Fonts">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
@@ -15893,97 +17586,455 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bc00fbf8-ed3d-4429-944f-6229bfdca8f6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bef95948-8c99-487c-aca7-125d29d6baf6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002C460E0D6A08F848A82FD54AD271F75A" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61d1ccf29c57074aa094dbe4627a334d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc00fbf8-ed3d-4429-944f-6229bfdca8f6" xmlns:ns3="bef95948-8c99-487c-aca7-125d29d6baf6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b0d0b7d2bc353b3e3cdc6a98b773e55" ns2:_="" ns3:_="">
+    <xsd:import namespace="bc00fbf8-ed3d-4429-944f-6229bfdca8f6"/>
+    <xsd:import namespace="bef95948-8c99-487c-aca7-125d29d6baf6"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bc00fbf8-ed3d-4429-944f-6229bfdca8f6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a3fc1807-9ccc-4ca6-ab7b-848d07585da1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bc00fbf8-ed3d-4429-944f-6229bfdca8f6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bef95948-8c99-487c-aca7-125d29d6baf6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ea546b3e-a69d-45a1-a601-743144b14820" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{515F6EAB-85FC-4647-AB1E-6960233FD8E9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{291FA6B4-E96D-4C71-8CDF-06E18A855ED8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bc00fbf8-ed3d-4429-944f-6229bfdca8f6"/>
+    <ds:schemaRef ds:uri="bef95948-8c99-487c-aca7-125d29d6baf6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE77DE9C-7F6A-4965-9684-D605AD566947}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD6DE89C-3988-4BE4-859C-8CEAD22155E5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bc00fbf8-ed3d-4429-944f-6229bfdca8f6"/>
+    <ds:schemaRef ds:uri="bef95948-8c99-487c-aca7-125d29d6baf6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{896D673E-0166-48B4-8766-68D0231ED826}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Form.dotx</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11338</Characters>
+  <Pages>5</Pages>
+  <Words>2806</Words>
+  <Characters>15297</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>390</Lines>
-  <Paragraphs>279</Paragraphs>
+  <Lines>493</Lines>
+  <Paragraphs>362</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Assurances to accompany an OTC new medicine N2 application</vt:lpstr>
+      <vt:lpstr>Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Department of Health Therapeutic Goods Administration</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13146</CharactersWithSpaces>
+  <CharactersWithSpaces>17741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Assurances to accompany an OTC new medicine N2 application</dc:title>
-[...2 lines deleted...]
-  <cp:keywords>otc, over the counter, medicine, regulation, monograph, application, evaluation, assurances, n2, applications, new</cp:keywords>
+  <dc:title>Form</dc:title>
+  <dc:creator>HERMANS, Josephine</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="CompanyLong">
     <vt:lpwstr>Company Long</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="CompanyShort">
     <vt:lpwstr>CompanyShort</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>5f8a6a22,1481f21f,4ab6c7de</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>56ceadc9,38ae1db9,4148d649</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_SetDate">
+    <vt:lpwstr>2025-09-16T06:59:13Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_Name">
+    <vt:lpwstr>O</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_SiteId">
+    <vt:lpwstr>34a3929c-73cf-4954-abfe-147dc3517892</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_ActionId">
+    <vt:lpwstr>6ed52c3e-8477-4b3d-a537-0cb8da6256ab</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_ContentBits">
+    <vt:lpwstr>3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_7cd3e8b9-ffed-43a8-b7f4-cc2fa0382d36_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="ContentTypeId">
+    <vt:lpwstr>0x0101002C460E0D6A08F848A82FD54AD271F75A</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>