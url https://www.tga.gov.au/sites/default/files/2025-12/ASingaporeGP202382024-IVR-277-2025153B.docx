--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -190,147 +190,134 @@
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005669A8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Assigned potency of </w:t>
       </w:r>
       <w:r w:rsidR="007B0705" w:rsidRPr="005669A8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Lot </w:t>
       </w:r>
       <w:r w:rsidR="00E4028D" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2025/153B:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F5FF6A" w14:textId="44014E8A" w:rsidR="009B695F" w:rsidRPr="00E4028D" w:rsidRDefault="00E4028D" w:rsidP="00644F37">
+    <w:p w14:paraId="63F5FF6A" w14:textId="1943F360" w:rsidR="009B695F" w:rsidRPr="00E4028D" w:rsidRDefault="0057721B" w:rsidP="00644F37">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="CG Times"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4028D">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>TB</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E4028D">
+        <w:t>78</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4028D" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003343D8" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">µg </w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(microgram) of HA per mL</w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, a</w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="00E4028D">
         <w:t>fter reconstitution of</w:t>
       </w:r>
       <w:r w:rsidR="00823B21" w:rsidRPr="00E4028D">
         <w:t xml:space="preserve"> the lyophilized reagent in 0.5</w:t>
       </w:r>
       <w:r w:rsidR="00685C13" w:rsidRPr="00E4028D">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="00E4028D">
         <w:t xml:space="preserve">mL </w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:rFonts w:cs="CG Times"/>
         </w:rPr>
         <w:t>of distilled water, or:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F546676" w14:textId="7B99870F" w:rsidR="009B695F" w:rsidRPr="005669A8" w:rsidRDefault="00E4028D" w:rsidP="00644F37">
+    <w:p w14:paraId="6F546676" w14:textId="3EBD70F5" w:rsidR="009B695F" w:rsidRPr="005669A8" w:rsidRDefault="0057721B" w:rsidP="00644F37">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4028D">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>TB</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="009B695F" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>D</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B695F" w:rsidRPr="00E4028D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>µg (microgram) of HA per vial</w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:rPr>
           <w:rFonts w:cs="CG Times"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EBBEB9" w14:textId="4DBD436D" w:rsidR="009B695F" w:rsidRPr="005669A8" w:rsidRDefault="00E4028D" w:rsidP="00FB1809">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005669A8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Lot </w:t>
       </w:r>
       <w:r w:rsidRPr="00E4028D">
         <w:rPr>
           <w:bCs/>
@@ -356,93 +343,87 @@
       <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:t>raised against egg</w:t>
       </w:r>
       <w:r w:rsidR="003F7646" w:rsidRPr="005669A8">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:t>derived</w:t>
       </w:r>
       <w:r w:rsidR="00EF00CC" w:rsidRPr="005669A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E4028D">
         <w:t>A/Singapore/GP20238/2024</w:t>
       </w:r>
       <w:r w:rsidR="00481DC0" w:rsidRPr="005669A8">
         <w:t>-like</w:t>
       </w:r>
       <w:r w:rsidR="006A2311" w:rsidRPr="005669A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:t>haemagglutinin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56006A71" w14:textId="77777777" w:rsidR="009B695F" w:rsidRPr="005669A8" w:rsidRDefault="009B695F" w:rsidP="00FB1809">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="56006A71" w14:textId="77777777" w:rsidR="009B695F" w:rsidRPr="0072771A" w:rsidRDefault="009B695F" w:rsidP="00FB1809">
       <w:r w:rsidRPr="005669A8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For further information please contact: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="005669A8">
+        <w:r w:rsidRPr="0072771A">
           <w:rPr>
             <w:u w:val="single"/>
-            <w:lang w:val="nl-BE"/>
           </w:rPr>
           <w:t>influenza.reagents@health.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69004378" w14:textId="77777777" w:rsidR="00EE583F" w:rsidRPr="00823B21" w:rsidRDefault="00261117" w:rsidP="00C878C5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00823B21">
         <w:t>3. Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A294B4E" w14:textId="5346CCD3" w:rsidR="00261117" w:rsidRPr="005669A8" w:rsidRDefault="00261117" w:rsidP="00C878C5">
+    <w:p w14:paraId="4A294B4E" w14:textId="39F57745" w:rsidR="00261117" w:rsidRPr="005669A8" w:rsidRDefault="00261117" w:rsidP="00C878C5">
       <w:r w:rsidRPr="005669A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Country of origin of biological material:</w:t>
       </w:r>
       <w:r w:rsidR="004C329A" w:rsidRPr="005669A8">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
-        <w:t>Australia</w:t>
+      <w:r w:rsidR="00261D3F">
+        <w:t>United Kingdom</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D3ABAB7" w14:textId="6CD0726B" w:rsidR="009B695F" w:rsidRPr="005669A8" w:rsidRDefault="00E4028D" w:rsidP="00E4028D">
       <w:r w:rsidRPr="00E4028D">
         <w:t xml:space="preserve">Lot 2025/153B was produced in embryonated eggs. The material was formalin inactivated. The antigen was subjected to diafiltration prior to dilution with an equal volume of 6% w/v dextran (in 0.9% w/v sodium chloride). </w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:t xml:space="preserve">It was thoroughly mixed and </w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>dispensed for freeze-drying in 0.5</w:t>
       </w:r>
       <w:r w:rsidR="006816FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009B695F" w:rsidRPr="005669A8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -599,51 +580,65 @@
         <w:t xml:space="preserve">eagent with 0.5 mL of distilled water. Allow to stand for a minimum of 5 minutes before use to allow for complete solubilisation of freeze-dried material. </w:t>
       </w:r>
       <w:r w:rsidR="00C9110A" w:rsidRPr="00FB33E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Lot </w:t>
       </w:r>
       <w:r w:rsidR="00E4028D" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2025/153B</w:t>
       </w:r>
       <w:r w:rsidR="00E4028D" w:rsidRPr="00FB33E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB33E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">should be used according to the method described by Wood, JM, Schild, GC, Newman, RW, and </w:t>
+        <w:t xml:space="preserve">should be used according to the method described by Wood, JM, Schild, GC, Newman, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB33E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>RW</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB33E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FB33E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Seagroatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FB33E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, VA, Journal of Biological Standardi</w:t>
       </w:r>
       <w:r w:rsidR="00D834E9" w:rsidRPr="00FB33E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB33E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
@@ -1855,123 +1850,130 @@
         <w:t>Further information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19005BA2" w14:textId="77777777" w:rsidR="00261117" w:rsidRDefault="00261117" w:rsidP="00C878C5">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00513EB8">
         <w:t xml:space="preserve">For further information regarding this product please email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="004B68E7" w:rsidRPr="00513EB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>influenza.reagents@health.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3DC80B20" w14:textId="77777777" w:rsidR="003343D8" w:rsidRDefault="003343D8" w:rsidP="00C878C5"/>
     <w:p w14:paraId="27B0DB58" w14:textId="77777777" w:rsidR="00AE009A" w:rsidRDefault="00AE009A" w:rsidP="00C878C5"/>
-    <w:p w14:paraId="3E5FAA16" w14:textId="461B5E7C" w:rsidR="003343D8" w:rsidRPr="00E4028D" w:rsidRDefault="007B0705" w:rsidP="00C878C5">
+    <w:p w14:paraId="3E5FAA16" w14:textId="7792E0D4" w:rsidR="003343D8" w:rsidRPr="00E4028D" w:rsidRDefault="007B0705" w:rsidP="00C878C5">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4028D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
-      <w:r w:rsidR="00E4028D" w:rsidRPr="00E4028D">
+      <w:r w:rsidR="0057721B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>1.0</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4028D" w:rsidRPr="00E4028D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770CD133" w14:textId="3B0AFE81" w:rsidR="003343D8" w:rsidRPr="00E4028D" w:rsidRDefault="003343D8" w:rsidP="00C878C5">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4028D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Issue Date: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00E4028D" w:rsidRPr="00E4028D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>NOV 2025</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003343D8" w:rsidRPr="00E4028D" w:rsidSect="002E24BC">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1247" w:right="1418" w:bottom="1247" w:left="1418" w:header="425" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46DF9102" w14:textId="77777777" w:rsidR="007F250D" w:rsidRDefault="007F250D" w:rsidP="00C878C5">
+    <w:p w14:paraId="5BF09F70" w14:textId="77777777" w:rsidR="00E03216" w:rsidRDefault="00E03216" w:rsidP="00C878C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44121FA2" w14:textId="77777777" w:rsidR="007F250D" w:rsidRDefault="007F250D" w:rsidP="00C878C5">
+    <w:p w14:paraId="5066478B" w14:textId="77777777" w:rsidR="00E03216" w:rsidRDefault="00E03216" w:rsidP="00C878C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -2164,65 +2166,90 @@
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B0C5D8B" w14:textId="48E8FBA4" w:rsidR="00624106" w:rsidRDefault="00E4028D" w:rsidP="008E2731">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="0" w:after="240"/>
     </w:pPr>
     <w:r w:rsidRPr="00E4028D">
-      <w:t xml:space="preserve">A/Singapore/GP20238/2024 (IVR-277) </w:t>
+      <w:t>A/Singapore/</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00E4028D">
+      <w:t>GP20238</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00E4028D">
+      <w:t>/2024 (</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00E4028D">
+      <w:t>IVR</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00E4028D">
+      <w:t xml:space="preserve">-277) </w:t>
     </w:r>
     <w:r w:rsidR="002E24BC">
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00624106">
       <w:t xml:space="preserve"> Lot </w:t>
     </w:r>
     <w:r w:rsidRPr="00E4028D">
       <w:rPr>
         <w:bCs/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>2025/153B</w:t>
-    </w:r>
+      <w:t>2025/</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00E4028D">
+      <w:rPr>
+        <w:bCs/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>153B</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00624106">
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidR="00624106" w:rsidRPr="00E4028D">
       <w:t xml:space="preserve">DOM: </w:t>
     </w:r>
     <w:r w:rsidRPr="00E4028D">
       <w:t>OCT 2025)</w:t>
     </w:r>
     <w:r w:rsidR="009F6E20" w:rsidRPr="00E4028D">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00624106">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00F85351" w:rsidRPr="00513EB8">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00F85351" w:rsidRPr="00513EB8">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00F85351" w:rsidRPr="00513EB8">
@@ -2499,58 +2526,58 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="00E627C8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>https://www.tga.gov.au</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="56D92064" w14:textId="1BD9F146" w:rsidR="00594E7A" w:rsidRPr="00664E0A" w:rsidRDefault="00594E7A" w:rsidP="00B45906">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BBD4565" w14:textId="77777777" w:rsidR="007F250D" w:rsidRDefault="007F250D" w:rsidP="00C878C5">
+    <w:p w14:paraId="406575F6" w14:textId="77777777" w:rsidR="00E03216" w:rsidRDefault="00E03216" w:rsidP="00C878C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26CD73C8" w14:textId="77777777" w:rsidR="007F250D" w:rsidRDefault="007F250D" w:rsidP="00C878C5">
+    <w:p w14:paraId="1DBA2D8D" w14:textId="77777777" w:rsidR="00E03216" w:rsidRDefault="00E03216" w:rsidP="00C878C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46037969" w14:textId="132C532D" w:rsidR="00594E7A" w:rsidRDefault="00F6412C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="267FB380" wp14:editId="5ABBE86F">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
@@ -3176,51 +3203,51 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="152916188">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="57673886">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2025788618">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="318507120">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="680813830">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1810131618">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -3300,65 +3327,68 @@
     <w:rsid w:val="001B09F9"/>
     <w:rsid w:val="001B6448"/>
     <w:rsid w:val="001C0462"/>
     <w:rsid w:val="001E07CF"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E5810"/>
     <w:rsid w:val="001E59F1"/>
     <w:rsid w:val="001F49EB"/>
     <w:rsid w:val="001F6CBA"/>
     <w:rsid w:val="001F7BF8"/>
     <w:rsid w:val="00201D4E"/>
     <w:rsid w:val="00215375"/>
     <w:rsid w:val="00220B8A"/>
     <w:rsid w:val="0022106B"/>
     <w:rsid w:val="0022194D"/>
     <w:rsid w:val="002253B4"/>
     <w:rsid w:val="002257F3"/>
     <w:rsid w:val="002316FE"/>
     <w:rsid w:val="00232019"/>
     <w:rsid w:val="00233456"/>
     <w:rsid w:val="002339A5"/>
     <w:rsid w:val="00244933"/>
     <w:rsid w:val="00251A7C"/>
     <w:rsid w:val="00251E6E"/>
     <w:rsid w:val="00257848"/>
+    <w:rsid w:val="0026025D"/>
     <w:rsid w:val="00261117"/>
+    <w:rsid w:val="00261D3F"/>
     <w:rsid w:val="0026430C"/>
     <w:rsid w:val="0027084A"/>
     <w:rsid w:val="00271BB2"/>
     <w:rsid w:val="002723A9"/>
     <w:rsid w:val="002731B6"/>
     <w:rsid w:val="00277A9A"/>
     <w:rsid w:val="00286434"/>
     <w:rsid w:val="00286C59"/>
     <w:rsid w:val="002942D1"/>
     <w:rsid w:val="00294E49"/>
     <w:rsid w:val="002A0556"/>
     <w:rsid w:val="002B1638"/>
     <w:rsid w:val="002B7639"/>
     <w:rsid w:val="002C4547"/>
+    <w:rsid w:val="002D1C10"/>
     <w:rsid w:val="002E24BC"/>
     <w:rsid w:val="002E4C9A"/>
     <w:rsid w:val="002E4E7C"/>
     <w:rsid w:val="002E550D"/>
     <w:rsid w:val="002E7A59"/>
     <w:rsid w:val="002F11F8"/>
     <w:rsid w:val="002F3389"/>
     <w:rsid w:val="002F3F56"/>
     <w:rsid w:val="002F44B5"/>
     <w:rsid w:val="00311AC0"/>
     <w:rsid w:val="00312829"/>
     <w:rsid w:val="00315036"/>
     <w:rsid w:val="00326B1F"/>
     <w:rsid w:val="00331153"/>
     <w:rsid w:val="00331251"/>
     <w:rsid w:val="003343D8"/>
     <w:rsid w:val="003428D8"/>
     <w:rsid w:val="00343D79"/>
     <w:rsid w:val="00345634"/>
     <w:rsid w:val="003521E8"/>
     <w:rsid w:val="003664BF"/>
     <w:rsid w:val="0037184B"/>
     <w:rsid w:val="003728F3"/>
     <w:rsid w:val="00374ED0"/>
     <w:rsid w:val="00375F1A"/>
@@ -3402,151 +3432,155 @@
     <w:rsid w:val="004B7B76"/>
     <w:rsid w:val="004C329A"/>
     <w:rsid w:val="004C5ABB"/>
     <w:rsid w:val="004D3D47"/>
     <w:rsid w:val="004D4103"/>
     <w:rsid w:val="004F0F38"/>
     <w:rsid w:val="004F1030"/>
     <w:rsid w:val="004F4C94"/>
     <w:rsid w:val="00501921"/>
     <w:rsid w:val="00501A05"/>
     <w:rsid w:val="0050476F"/>
     <w:rsid w:val="00505136"/>
     <w:rsid w:val="005060C8"/>
     <w:rsid w:val="00513EB8"/>
     <w:rsid w:val="005214A1"/>
     <w:rsid w:val="00530354"/>
     <w:rsid w:val="0053639E"/>
     <w:rsid w:val="005434C6"/>
     <w:rsid w:val="00543B39"/>
     <w:rsid w:val="00550096"/>
     <w:rsid w:val="00554EE9"/>
     <w:rsid w:val="00557FF9"/>
     <w:rsid w:val="005669A8"/>
     <w:rsid w:val="00571DA2"/>
     <w:rsid w:val="00576378"/>
+    <w:rsid w:val="0057721B"/>
     <w:rsid w:val="00577E38"/>
     <w:rsid w:val="0058201A"/>
     <w:rsid w:val="00585322"/>
     <w:rsid w:val="00593AD1"/>
     <w:rsid w:val="00594E7A"/>
     <w:rsid w:val="00596D79"/>
     <w:rsid w:val="005A1131"/>
     <w:rsid w:val="005A3DBA"/>
     <w:rsid w:val="005C5570"/>
     <w:rsid w:val="005C5E62"/>
     <w:rsid w:val="005C79A4"/>
     <w:rsid w:val="005D0A16"/>
     <w:rsid w:val="005D5442"/>
     <w:rsid w:val="005E4E7D"/>
     <w:rsid w:val="005F1A9E"/>
     <w:rsid w:val="00600D71"/>
     <w:rsid w:val="00606506"/>
     <w:rsid w:val="00606FD9"/>
     <w:rsid w:val="00607320"/>
     <w:rsid w:val="00610046"/>
     <w:rsid w:val="00611F74"/>
     <w:rsid w:val="00623EC0"/>
     <w:rsid w:val="00624106"/>
     <w:rsid w:val="00627D47"/>
     <w:rsid w:val="00630352"/>
     <w:rsid w:val="00633AFD"/>
     <w:rsid w:val="006351C9"/>
     <w:rsid w:val="00636731"/>
+    <w:rsid w:val="00637F7A"/>
     <w:rsid w:val="00640FC3"/>
     <w:rsid w:val="00642020"/>
     <w:rsid w:val="0064475A"/>
     <w:rsid w:val="00644F37"/>
     <w:rsid w:val="0065337B"/>
     <w:rsid w:val="00654031"/>
     <w:rsid w:val="0065419D"/>
     <w:rsid w:val="006604D8"/>
     <w:rsid w:val="00664A5B"/>
     <w:rsid w:val="00667F6A"/>
     <w:rsid w:val="006722EE"/>
     <w:rsid w:val="00680C08"/>
     <w:rsid w:val="006816FC"/>
     <w:rsid w:val="0068201D"/>
     <w:rsid w:val="00685C13"/>
     <w:rsid w:val="0068741A"/>
     <w:rsid w:val="006931B1"/>
     <w:rsid w:val="006935E5"/>
     <w:rsid w:val="006950C9"/>
     <w:rsid w:val="006A15C0"/>
     <w:rsid w:val="006A2311"/>
     <w:rsid w:val="006B3F5D"/>
     <w:rsid w:val="006C1F3B"/>
     <w:rsid w:val="006C3E2A"/>
     <w:rsid w:val="006C642F"/>
     <w:rsid w:val="006D03E5"/>
     <w:rsid w:val="006D4786"/>
     <w:rsid w:val="006D4C03"/>
     <w:rsid w:val="006D5D3E"/>
     <w:rsid w:val="006E08B3"/>
     <w:rsid w:val="006E1F61"/>
     <w:rsid w:val="006E4094"/>
     <w:rsid w:val="006F0F77"/>
     <w:rsid w:val="006F1039"/>
     <w:rsid w:val="006F15CD"/>
     <w:rsid w:val="006F19B7"/>
     <w:rsid w:val="006F4785"/>
     <w:rsid w:val="006F572E"/>
     <w:rsid w:val="00703FCD"/>
     <w:rsid w:val="007046D6"/>
     <w:rsid w:val="00705DB0"/>
     <w:rsid w:val="00706AFE"/>
     <w:rsid w:val="00707CEC"/>
     <w:rsid w:val="00715A03"/>
+    <w:rsid w:val="0072771A"/>
     <w:rsid w:val="007403DA"/>
     <w:rsid w:val="007417F3"/>
     <w:rsid w:val="0074253D"/>
     <w:rsid w:val="0074429B"/>
     <w:rsid w:val="00745476"/>
     <w:rsid w:val="00745886"/>
     <w:rsid w:val="00747451"/>
     <w:rsid w:val="007477F8"/>
     <w:rsid w:val="007615BC"/>
     <w:rsid w:val="00762F05"/>
     <w:rsid w:val="007652FF"/>
     <w:rsid w:val="0077104D"/>
     <w:rsid w:val="00771329"/>
     <w:rsid w:val="007723B6"/>
     <w:rsid w:val="00773EF7"/>
     <w:rsid w:val="00774E1D"/>
     <w:rsid w:val="0077675A"/>
     <w:rsid w:val="00780355"/>
     <w:rsid w:val="0078393F"/>
     <w:rsid w:val="00784864"/>
     <w:rsid w:val="00785534"/>
     <w:rsid w:val="00785721"/>
     <w:rsid w:val="00786290"/>
     <w:rsid w:val="007879C2"/>
     <w:rsid w:val="00793A59"/>
     <w:rsid w:val="007A2162"/>
     <w:rsid w:val="007A300A"/>
     <w:rsid w:val="007B0408"/>
     <w:rsid w:val="007B0705"/>
+    <w:rsid w:val="007B0A0B"/>
     <w:rsid w:val="007C0F3D"/>
     <w:rsid w:val="007C1AF7"/>
     <w:rsid w:val="007C1CB8"/>
     <w:rsid w:val="007C4BCA"/>
     <w:rsid w:val="007D22C0"/>
     <w:rsid w:val="007D59FC"/>
     <w:rsid w:val="007D7A5F"/>
     <w:rsid w:val="007E1106"/>
     <w:rsid w:val="007E4FCF"/>
     <w:rsid w:val="007F250D"/>
     <w:rsid w:val="00821776"/>
     <w:rsid w:val="00823B21"/>
     <w:rsid w:val="00826007"/>
     <w:rsid w:val="008321F5"/>
     <w:rsid w:val="00832369"/>
     <w:rsid w:val="00834660"/>
     <w:rsid w:val="00836BC2"/>
     <w:rsid w:val="00840ECD"/>
     <w:rsid w:val="00846418"/>
     <w:rsid w:val="0085513C"/>
     <w:rsid w:val="00855221"/>
     <w:rsid w:val="0085641B"/>
     <w:rsid w:val="00857136"/>
     <w:rsid w:val="008602DB"/>
     <w:rsid w:val="008620E8"/>
@@ -3578,96 +3612,98 @@
     <w:rsid w:val="008D6F73"/>
     <w:rsid w:val="008E2731"/>
     <w:rsid w:val="008E367D"/>
     <w:rsid w:val="008E497D"/>
     <w:rsid w:val="008E4D1D"/>
     <w:rsid w:val="008F1CCC"/>
     <w:rsid w:val="008F2967"/>
     <w:rsid w:val="008F382A"/>
     <w:rsid w:val="008F4DC6"/>
     <w:rsid w:val="0090187D"/>
     <w:rsid w:val="009032D7"/>
     <w:rsid w:val="0090708D"/>
     <w:rsid w:val="00907626"/>
     <w:rsid w:val="00920330"/>
     <w:rsid w:val="009219D7"/>
     <w:rsid w:val="00922D53"/>
     <w:rsid w:val="00923B70"/>
     <w:rsid w:val="00925E84"/>
     <w:rsid w:val="00930237"/>
     <w:rsid w:val="00933C60"/>
     <w:rsid w:val="00937571"/>
     <w:rsid w:val="00937DD0"/>
     <w:rsid w:val="00941E4F"/>
     <w:rsid w:val="0094448F"/>
     <w:rsid w:val="009606F1"/>
+    <w:rsid w:val="00961FB6"/>
     <w:rsid w:val="00963C08"/>
     <w:rsid w:val="00970864"/>
     <w:rsid w:val="0097777A"/>
     <w:rsid w:val="009857B4"/>
     <w:rsid w:val="00997136"/>
     <w:rsid w:val="009A3BBD"/>
     <w:rsid w:val="009A45F0"/>
     <w:rsid w:val="009A4CED"/>
     <w:rsid w:val="009B1D12"/>
     <w:rsid w:val="009B416B"/>
     <w:rsid w:val="009B695F"/>
     <w:rsid w:val="009C2765"/>
     <w:rsid w:val="009C4BD5"/>
     <w:rsid w:val="009D2196"/>
     <w:rsid w:val="009D6273"/>
     <w:rsid w:val="009D7B77"/>
     <w:rsid w:val="009E0BB0"/>
     <w:rsid w:val="009E3FBB"/>
     <w:rsid w:val="009E5245"/>
     <w:rsid w:val="009F6E20"/>
     <w:rsid w:val="00A07F06"/>
     <w:rsid w:val="00A13DA5"/>
     <w:rsid w:val="00A14DF7"/>
     <w:rsid w:val="00A16698"/>
     <w:rsid w:val="00A20231"/>
     <w:rsid w:val="00A221FB"/>
     <w:rsid w:val="00A26303"/>
     <w:rsid w:val="00A3016F"/>
     <w:rsid w:val="00A30D74"/>
     <w:rsid w:val="00A3160A"/>
     <w:rsid w:val="00A3246D"/>
     <w:rsid w:val="00A3475B"/>
     <w:rsid w:val="00A3671F"/>
     <w:rsid w:val="00A36FA7"/>
     <w:rsid w:val="00A37F26"/>
     <w:rsid w:val="00A422D8"/>
     <w:rsid w:val="00A427AD"/>
     <w:rsid w:val="00A446CC"/>
     <w:rsid w:val="00A475B7"/>
     <w:rsid w:val="00A47AF7"/>
     <w:rsid w:val="00A47C3E"/>
     <w:rsid w:val="00A50226"/>
     <w:rsid w:val="00A51F5A"/>
     <w:rsid w:val="00A549B0"/>
     <w:rsid w:val="00A60BAD"/>
     <w:rsid w:val="00A73A8D"/>
+    <w:rsid w:val="00A80236"/>
     <w:rsid w:val="00A84E1A"/>
     <w:rsid w:val="00A9547F"/>
     <w:rsid w:val="00AA0A2C"/>
     <w:rsid w:val="00AA200F"/>
     <w:rsid w:val="00AA68F4"/>
     <w:rsid w:val="00AC2A5B"/>
     <w:rsid w:val="00AC2B40"/>
     <w:rsid w:val="00AC2BB2"/>
     <w:rsid w:val="00AC2C3C"/>
     <w:rsid w:val="00AC6D5C"/>
     <w:rsid w:val="00AC7B9E"/>
     <w:rsid w:val="00AD3CB7"/>
     <w:rsid w:val="00AD6CF2"/>
     <w:rsid w:val="00AE009A"/>
     <w:rsid w:val="00AE1435"/>
     <w:rsid w:val="00AE65EB"/>
     <w:rsid w:val="00AE78AA"/>
     <w:rsid w:val="00AE7F88"/>
     <w:rsid w:val="00AF1D94"/>
     <w:rsid w:val="00AF60C5"/>
     <w:rsid w:val="00AF7665"/>
     <w:rsid w:val="00B009C6"/>
     <w:rsid w:val="00B01548"/>
     <w:rsid w:val="00B11A0D"/>
     <w:rsid w:val="00B11C4B"/>
@@ -3732,82 +3768,80 @@
     <w:rsid w:val="00CB1C51"/>
     <w:rsid w:val="00CB463B"/>
     <w:rsid w:val="00CB475C"/>
     <w:rsid w:val="00CB6BC0"/>
     <w:rsid w:val="00CC0AAA"/>
     <w:rsid w:val="00CC1B7C"/>
     <w:rsid w:val="00CC32BD"/>
     <w:rsid w:val="00CC3A03"/>
     <w:rsid w:val="00CC6D2D"/>
     <w:rsid w:val="00CC727F"/>
     <w:rsid w:val="00CD6EC9"/>
     <w:rsid w:val="00CD7DFD"/>
     <w:rsid w:val="00CE5BB0"/>
     <w:rsid w:val="00CF15C3"/>
     <w:rsid w:val="00CF2B6F"/>
     <w:rsid w:val="00D017ED"/>
     <w:rsid w:val="00D06E2C"/>
     <w:rsid w:val="00D13405"/>
     <w:rsid w:val="00D1394F"/>
     <w:rsid w:val="00D153B1"/>
     <w:rsid w:val="00D224FE"/>
     <w:rsid w:val="00D22E51"/>
     <w:rsid w:val="00D2634D"/>
     <w:rsid w:val="00D31162"/>
     <w:rsid w:val="00D333B9"/>
-    <w:rsid w:val="00D35A3C"/>
     <w:rsid w:val="00D475AC"/>
     <w:rsid w:val="00D54C12"/>
     <w:rsid w:val="00D600A7"/>
     <w:rsid w:val="00D62853"/>
     <w:rsid w:val="00D6493E"/>
     <w:rsid w:val="00D66B0F"/>
-    <w:rsid w:val="00D752B1"/>
     <w:rsid w:val="00D77863"/>
     <w:rsid w:val="00D834E9"/>
     <w:rsid w:val="00D866C2"/>
     <w:rsid w:val="00D92470"/>
     <w:rsid w:val="00D95D98"/>
     <w:rsid w:val="00D974E6"/>
     <w:rsid w:val="00DA1124"/>
     <w:rsid w:val="00DB52BC"/>
     <w:rsid w:val="00DB7B83"/>
     <w:rsid w:val="00DC15D8"/>
     <w:rsid w:val="00DC3AA6"/>
     <w:rsid w:val="00DC4349"/>
     <w:rsid w:val="00DC50E2"/>
-    <w:rsid w:val="00DD168C"/>
     <w:rsid w:val="00DD6970"/>
     <w:rsid w:val="00DD75A3"/>
     <w:rsid w:val="00DE02AE"/>
     <w:rsid w:val="00DE092B"/>
     <w:rsid w:val="00DE6A0C"/>
     <w:rsid w:val="00DF1D7F"/>
     <w:rsid w:val="00DF45F7"/>
     <w:rsid w:val="00E00020"/>
     <w:rsid w:val="00E01872"/>
     <w:rsid w:val="00E02FB4"/>
+    <w:rsid w:val="00E03216"/>
     <w:rsid w:val="00E05130"/>
     <w:rsid w:val="00E20571"/>
     <w:rsid w:val="00E21651"/>
     <w:rsid w:val="00E235F7"/>
     <w:rsid w:val="00E239D4"/>
     <w:rsid w:val="00E36A04"/>
     <w:rsid w:val="00E36C85"/>
     <w:rsid w:val="00E4028D"/>
     <w:rsid w:val="00E40B22"/>
     <w:rsid w:val="00E447CC"/>
     <w:rsid w:val="00E4588F"/>
     <w:rsid w:val="00E46DA3"/>
     <w:rsid w:val="00E5485C"/>
     <w:rsid w:val="00E65D61"/>
     <w:rsid w:val="00E71E6B"/>
     <w:rsid w:val="00E71F22"/>
     <w:rsid w:val="00E82C70"/>
     <w:rsid w:val="00E8390C"/>
     <w:rsid w:val="00EA406B"/>
     <w:rsid w:val="00EA5B86"/>
     <w:rsid w:val="00EA6DF2"/>
     <w:rsid w:val="00EB0798"/>
     <w:rsid w:val="00EB40AD"/>
     <w:rsid w:val="00EB586E"/>
     <w:rsid w:val="00EB5FC8"/>
@@ -5688,88 +5722,86 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB43E928-5CDC-4985-9CDD-1B44553127FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>D19-5304881  influenza reagent - ifu template.DOTX</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1028</Words>
-  <Characters>5699</Characters>
+  <Words>1010</Words>
+  <Characters>5595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>129</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>127</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Instructions for use:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>TGA</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6631</CharactersWithSpaces>
+  <CharactersWithSpaces>6526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Instructions for use:Influenza Virus Haemagglutinin – A/Singapore/GP20238/2024 (IVR-277)</dc:title>
   <dc:subject>influenza reagents</dc:subject>
   <dc:creator>TGA</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>1dfc6013,2493044e,5f746f65</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterShapeIds">
     <vt:lpwstr>2e3c6c97,3b9d4e0e,66442043</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>